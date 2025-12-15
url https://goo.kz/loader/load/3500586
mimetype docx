--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -2,6892 +2,20449 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="4E4E5607" w14:textId="77777777" w:rsidR="009B3C4A" w:rsidRDefault="009B3C4A" w:rsidP="009B3C4A">
+    <w:p w14:paraId="5295BF39" w14:textId="7FDA49B2" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E940AB">
+      <w:r w:rsidRPr="004B5CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КГУ «Средняя общеобразовательная школа №</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>«Павлодар қаласының № 5 жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730A8C5F" w14:textId="17FDD67A" w:rsidR="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00270922">
+    <w:p w14:paraId="55D5BE7B" w14:textId="3C06254A" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00286735" w:rsidP="00E1304D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...59 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">учителя </w:t>
+        <w:t>орыс</w:t>
       </w:r>
-      <w:r w:rsidR="00165280">
+      <w:r w:rsidR="00E1304D" w:rsidRPr="004B5CFF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>истории</w:t>
+        <w:t xml:space="preserve"> тіл</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1304D" w:rsidRPr="004B5CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C3C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарих пәні</w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00013294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B61E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уақытша </w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1304D" w:rsidRPr="004B5CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2C8907" w14:textId="54033E52" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="003758DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009198CE" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="963"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="218"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="2729"/>
+        <w:gridCol w:w="6676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="009E3757" w14:paraId="279F4E04" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="006D4014" w14:paraId="16629027" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="663A7C6F" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+          <w:p w14:paraId="6C9FC058" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC4A4EF" w14:textId="150B9612" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+          <w:p w14:paraId="47A2E1F0" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270922">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF85345" w14:textId="49C2B38D" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+          <w:p w14:paraId="4EC27DD7" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...25 lines deleted...]
-              <w:t>редняя общеобразовательная школа № 5 города Павлодара» отдела образования города Павлодара, Управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 5 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="5BDA5E65" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="614021C4" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2580C207" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5E40E2FC" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57A04076" w14:textId="37FE7C5E" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="7A50CDF0" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270922">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождение, почтовый адрес</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39D5D85E" w14:textId="60A85FC7" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="08F95BB7" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t>, Республика Казахстан, Павлодарская область, город Павлодар, улица Лермонтова, 129</w:t>
+              <w:t xml:space="preserve">140006, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Лермонтов көшесі, 129 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="632E5004" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="1B2E06A6" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63643722" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="745C556F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16A40984" w14:textId="3068836F" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="15467F7C" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270922">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Телефонный номер</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0DD197" w14:textId="3E7E16C4" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="0060746B" w:rsidP="0060746B">
+          <w:p w14:paraId="4C956AC6" w14:textId="636FF353" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 62</w:t>
             </w:r>
-            <w:r w:rsidR="00A17F8E" w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E1304D" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-95-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="66D8365B" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="45BC4AFF" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0A56C476" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4FC1C42D" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBB98D1" w14:textId="39128E27" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="578FE330" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270922">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электронная почта</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E25B5F" w14:textId="18A29631" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="460B9768" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh5@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="70D0C989" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="006D4014" w14:paraId="7D976859" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="15AC8EA9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6395E6C9" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E99442" w14:textId="139D85D5" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="08C3982C" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270922">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76E9578E" w14:textId="6BC18E8F" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="0053773E" w:rsidP="0060746B">
+          <w:p w14:paraId="52B179B8" w14:textId="495A1DDA" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="003758DA" w:rsidP="009C3C70">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Учитель </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">орыс тілінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="009C3C70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>истории</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>тарих пәні</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3C70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">,  </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r w:rsidR="00013294" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> часов</w:t>
+              <w:t xml:space="preserve"> сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="448BB71A" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="00557064" w14:paraId="73BF4752" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="14D07CCA" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
+          <w:p w14:paraId="348B1CBD" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D501A24" w14:textId="1259201A" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00C86ABF">
+          <w:p w14:paraId="57DA429E" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270922">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Основные функцианальные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F6ABC7" w14:textId="5680728C" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="3CCB9AEA" w14:textId="5DBFCB26" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- о</w:t>
-[...5 lines deleted...]
-              <w:t>бучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающегося.</w:t>
+              <w:t>-мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DF2637A" w14:textId="37007E49" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="6A02E29D" w14:textId="1B4EBD31" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...10 lines deleted...]
-              <w:t>беспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     - білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AF9E76E" w14:textId="0B483D09" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="0BBC988D" w14:textId="36BCC822" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...10 lines deleted...]
-              <w:t>рганизует вторичную занятость учащихся.</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    -  білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41733B67" w14:textId="30E39B49" w:rsidR="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="5D3501D5" w14:textId="03569733" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...9 lines deleted...]
-              <w:t>тветственность за их реализацию.</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     -  білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="006E45E5" w14:textId="1D83DC21" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="55943373" w14:textId="21E15BBB" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...22 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     - пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12974963" w14:textId="3F5C34AD" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="3186B246" w14:textId="5D88D020" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...10 lines deleted...]
-              <w:t>существляет связь с родителями обучающихся (или их законными представителями).</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    -  бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50E714BC" w14:textId="6E3E931E" w:rsidR="0053773E" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="1771E5B3" w14:textId="64A5487E" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...10 lines deleted...]
-              <w:t>истематически повышает свою профессиональную квалификацию. Участвует в деятельности методических объединений и других формах методической работы.</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    -  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>журналдарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66862D7B" w14:textId="141C0514" w:rsidR="008E7665" w:rsidRPr="0053773E" w:rsidRDefault="0053773E" w:rsidP="0053773E">
+          <w:p w14:paraId="0785B555" w14:textId="33DB070E" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0053773E">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үрдісінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолданады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8A4549" w14:textId="74AA7288" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарапайым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологиялардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдаланады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6690DF54" w14:textId="49F8D26D" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стандартында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұлғалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүйелік-қызметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеткізуін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED4833D" w14:textId="69AD85B9" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушыларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әзірлеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орындауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кестесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көлемде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырылуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BBA051" w14:textId="40EFFA26" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қабілеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызығушылықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бейімділіктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерделейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E01FF25" w14:textId="515C6BE1" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инклюзивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24427338" w14:textId="2FD3E5FB" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бейімдейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244AFC6B" w14:textId="73C67E58" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интерактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>материалдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ресурстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>режимінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BC25CE0" w14:textId="20E9FD84" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлестіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қауымдастығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңестердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қоғамдастықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отырыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A71EC92" w14:textId="4BAF7B0F" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>консилиумдарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F8D65CC" w14:textId="2610BA94" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>береді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E8704E6" w14:textId="6AD28838" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құзыреттілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD3B176" w14:textId="29C0BEFC" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өртке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104BE7C4" w14:textId="626BA016" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезеңінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өмірі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B071342" w14:textId="55E96453" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ынтымақтастықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697AA8A2" w14:textId="75BAB96A" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіткен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21A45101" w14:textId="1767FB9D" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәдениетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңіреді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51097AF7" w14:textId="5F683BD1" w:rsidR="002C5AD5" w:rsidRPr="00F349FD" w:rsidRDefault="002C5AD5" w:rsidP="002C5AD5">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="7AA8DAD0" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00013294" w:rsidRPr="006D4014" w14:paraId="7D7360B6" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3EFC3E1B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0C1FFCB8" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE76D98" w14:textId="20EFAA92" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00270922" w:rsidP="00C86ABF">
+          <w:p w14:paraId="422ECFEC" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270922">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Р</w:t>
-[...6 lines deleted...]
-              <w:t>азмер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5E2B1E" w14:textId="707E3BA8" w:rsidR="00452B55" w:rsidRPr="00C86ABF" w:rsidRDefault="00452B55" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6A2E0300" w14:textId="77777777" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="00013294">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- должностной оклад в соответствии с нормативными документами</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3EFCC2" w14:textId="604596D8" w:rsidR="00013294" w:rsidRPr="00F349FD" w:rsidRDefault="00013294" w:rsidP="003758DA">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
-[...14 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="041D1699" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="006D4014" w14:paraId="5426872E" w14:textId="77777777" w:rsidTr="00013294">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADF5141" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4E5215D6" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34F772FE" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
+          <w:p w14:paraId="3E1C85FD" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B1">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50BBCC06" w14:textId="14033745" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
+          <w:p w14:paraId="674D0D2E" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B1">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="300ECD72" w14:textId="52F5DEDA" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="03813551" w14:textId="77777777" w:rsidR="00557064" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, </w:t>
-[...13 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>- жоғары және (немесе) жоғары оқу орнынан кейiнгi педагогикалық бiлiмi немесе тиiстi бейiн бойынша өзге де кәсiптiк бiлiмi немесе педагогикалық қайта даярлаудан өткенiн, педагогикалық жұмыс өтiлiн растайтын құжат құпталады;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B840E15" w14:textId="1B1C45C8" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="0053773E">
+          <w:p w14:paraId="6008FEDE" w14:textId="0EE71D26" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00557064" w:rsidP="00557064">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- дополнительно наличие квалификации: </w:t>
-[...27 lines deleted...]
-              <w:t>"педагог – исследователь" или "педагог – мастер".</w:t>
+              <w:t>- қосымша біліктілік: «мұғалім-модератор», «мұғалім-сарапшы» немесе «оқытушы-зерттеуші» немесе «мұғалім-шебер».</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="3E22BC34" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="49202798" w14:textId="77777777" w:rsidTr="00013294">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF88C53" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
+          <w:p w14:paraId="651CC534" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2C3473" w14:textId="49E735C3" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="009E3DE6" w:rsidP="00D925B1">
+          <w:p w14:paraId="1BC63F66" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B1">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26E519FD" w14:textId="0B6361E4" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="004D0F25" w:rsidP="006F5247">
+          <w:p w14:paraId="1F7AE7ED" w14:textId="5269B9C1" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>19.03.-01.04</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="003758DA" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2024</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>03-01</w:t>
+            </w:r>
+            <w:r w:rsidR="00E1304D" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00557064" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00557064" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="79B2552A" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="006D4014" w14:paraId="31CE8241" w14:textId="77777777" w:rsidTr="00013294">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="559AE0B2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
+          <w:p w14:paraId="719BCA68" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="31AAE348" w14:textId="4B8771F4" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="00B0EFF8" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6A84EF81" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="1EF2BE0F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...10 lines deleted...]
-              <w:t>перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08E520CD" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="61720B6F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...3 lines deleted...]
-              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59281264" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6F2D7953" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...3 lines deleted...]
-              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71566FD3" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="3E945F23" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ми</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> педагогов;</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C0CE844" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5D129077" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...3 lines deleted...]
-              <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="363740DC" w14:textId="302F1897" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="2C3CFB66" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> № 21579);</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00C00EB1" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="3A854D8C" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...3 lines deleted...]
-              <w:t>7) справку с психоневрологической организации;</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63005CD0" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="26FCD75E" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...3 lines deleted...]
-              <w:t>8) справку с наркологической организации;</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FF58077" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4CDEED04" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аттестациядан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іктілік санатының болуы туралы сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D97F581" w14:textId="2EDEDBFE" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6F3A4624" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...5 lines deleted...]
-              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+              <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F379151" w14:textId="7497E432" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00E1304D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәжірибесіз кандидаттар үшін 720 x 480 ажыратымдылығы бар кемінде 15 минут созылатын бейне көрсетілім.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00955507" w14:paraId="40360B64" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="00E1304D" w:rsidRPr="004B5CFF" w14:paraId="678D6D2B" w14:textId="77777777" w:rsidTr="00013294">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="497A1D79" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5A67C96F" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcW w:w="2729" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC9967A" w14:textId="20512AE6" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5AA78EA6" w14:textId="77777777" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="00E1304D" w:rsidP="00CA63C3">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C86ABF">
+            <w:r w:rsidRPr="00F349FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5067" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9EB944" w14:textId="2EA3BE9B" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00311A8E" w:rsidP="00C86ABF">
+          <w:p w14:paraId="691862A6" w14:textId="37646E46" w:rsidR="00E1304D" w:rsidRPr="00F349FD" w:rsidRDefault="001B61E2" w:rsidP="00557064">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>До 25 мая 2024 года</w:t>
+            <w:r w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уақытша </w:t>
+            </w:r>
+            <w:r w:rsidR="00557064" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25 мамыр</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3C70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін,  9</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20A7F" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="00013294" w:rsidRPr="00F349FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w14:paraId="0DEE8277" w14:textId="77777777" w:rsidTr="00CB0176">
+    </w:tbl>
+    <w:p w14:paraId="3B418A8D" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00470FF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C8E9004" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRPr="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738C6453" w14:textId="77777777" w:rsidR="00D20A7F" w:rsidRDefault="00D20A7F" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C309483" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EBE37CA" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A592435" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38CED115" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7137E592" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="086F152B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="288BC14E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14838709" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E01281" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7332951C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="768F407D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70A9FC36" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443D86BF" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07673338" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D24990D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201059EC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E56702D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="451A4617" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BFFAEBC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00D20A7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="776A8B33" w14:textId="77777777" w:rsidTr="007A4ED7">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9919" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6D201436" w14:textId="77777777" w:rsidR="005824C0" w:rsidRDefault="005824C0"/>
-[...121 lines deleted...]
-          <w:p w14:paraId="10165B04" w14:textId="36CA8202" w:rsidR="00E429B2" w:rsidRPr="005824C0" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="1B4D5EDD" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...209 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03DDC68A" w14:textId="611DC4B9" w:rsidR="00E429B2" w:rsidRPr="005824C0" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="023CFF8F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z333"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="7924B80F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...234 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A106EEF" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="005824C0" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="10B6109D" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...21 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="337C7EA6" w14:textId="320E28EB" w:rsidR="00E429B2" w:rsidRPr="005824C0" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="33A81680" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:tbl>
-[...215 lines deleted...]
-          <w:p w14:paraId="697F1ECF" w14:textId="374342C6" w:rsidR="00E429B2" w:rsidRPr="005824C0" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="52740092" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...248 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="218" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37D20631" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+          <w:p w14:paraId="2D26CD52" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="449F9729" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3976C79A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD43245" w14:textId="0943DCB7" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidR="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139933F2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4D6B1DE2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216658C5" w14:textId="3BE4A65E" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E684618" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялағанмемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31560054" w14:textId="39563965" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5768DD" w14:textId="5AF6638F" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735EB1A9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кандидаттыңТ.А.Ә. (болғанжағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D29643" w14:textId="4DCF3359" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DB312D" w14:textId="20F1B6F3" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7404450B" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AFA64F5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмысорны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7300147F" w14:textId="083AD79B" w:rsidR="00F349FD" w:rsidRPr="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F349FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651F31F6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CCA4DF" w14:textId="614B4FE2" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDDFE8A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287AD3F8" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2290C9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481931A1" w14:textId="373AE976" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0991D9B0" w14:textId="5DF935E0" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B58F381" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E82690A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0481EB" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F8F3AE" w14:textId="3C94C1DE" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A935D9" w14:textId="31DE4647" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5683A54A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1368F176" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C03ECB9" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9D392A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2091"/>
+        <w:gridCol w:w="3221"/>
+        <w:gridCol w:w="1548"/>
+        <w:gridCol w:w="3169"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="1827A5A9" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A6F6CC" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0756B160" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23DF6B5F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқуорныныңатауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D26D787" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқукезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="662742D6" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E21AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Дипломбойыншамамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0B3C020F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4924F5A5" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w14:paraId="246E9E5D" w14:textId="77777777" w:rsidTr="007A4ED7">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440AFE50" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0BC542A3" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CB2C8F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="172733AD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31796090" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F9189D9" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="187A3C79" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="007A4ED7">
             <w:pPr>
-              <w:pStyle w:val="ad"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="051103D0" w14:textId="264EEBAB" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00467337" w:rsidP="00955507">
+    <w:p w14:paraId="42BE164C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
       <w:pPr>
-        <w:pStyle w:val="ad"/>
-        <w:jc w:val="right"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="116A4A83" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B94275" w14:textId="546E0436" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F374531" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2666359B" w14:textId="1BA48095" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2335C1" w14:textId="10E59C5D" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="73D1FAA9" w14:textId="53AC5328" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598A2585" w14:textId="14FF084A" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CE5089" w14:textId="16EDC1CC" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF45CDB" w14:textId="3A306A74" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059B032C" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26D558A5" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,ғылымидәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымиатағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B68B7B" w14:textId="6E70B895" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3311C9D9" w14:textId="7566212A" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C794D58" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6498F5B2" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-аққосымшамәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болғанжағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B168780" w14:textId="6A133DF8" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A59318A" w14:textId="7F3D3AB7" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACE2E29" w14:textId="6B0286B3" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CDA91E" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56DDD603" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0A461D" w14:textId="493F2083" w:rsidR="00F349FD" w:rsidRPr="006D4014" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E21AF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>«____</w:t>
+        <w:t>20____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E21AF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>»_______________</w:t>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E21AF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955507">
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»_______________   ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21AF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E21AF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>олы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955507">
-[...97 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00955507">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E21AF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00955507">
+    </w:p>
+    <w:p w14:paraId="38308986" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6084"/>
+        <w:gridCol w:w="3867"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="5E393660" w14:textId="77777777" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="417139E0" w14:textId="77777777" w:rsidR="006D4014" w:rsidRDefault="006D4014">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC61C52" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>16-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4014" w14:paraId="49BEFD6A" w14:textId="77777777" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53E7F0BE" w14:textId="77777777" w:rsidR="006D4014" w:rsidRDefault="006D4014">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="040B8A22" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F0C94CA" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z310"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="60B4D595" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D4014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1472AAEB" w14:textId="111CA653" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C86ABF">
+      </w:pPr>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>(</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="ad"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D4014">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">            </w:t>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10281" w:type="dxa"/>
-[...285 lines deleted...]
-        <w:tblW w:w="10140" w:type="dxa"/>
+        <w:tblW w:w="10248" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="458"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005824C0" w14:paraId="3DFCED30" w14:textId="066114A8" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="7B408393" w14:textId="7FC2A6D9" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69148577" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="0E13C188" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53510670" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="26F42ED0" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6670D937" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="00B4A214" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="124A0DB7" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="2CBA9BCE" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...12 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0DF7ECB5" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55623417" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="6987C120" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20" w:right="2727"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="77254C8F" w14:textId="33754600" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="0F996E1C" w14:textId="1808D0DA" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B241DC2" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="7504A036" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="239674B8" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="4D833F50" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E087721" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="3F20B81B" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05CF275A" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="6543A7B1" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Техническое</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="005824C0">
-[...28 lines deleted...]
-              <w:t>Магистр = 5 баллов</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F8520DE" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="614AD03E" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E23D46F" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="350B3A34" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="25410813" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="097B7015" w14:textId="0AC4AC51" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="2555BC42" w14:textId="4ADF8250" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CF6F1DF" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="0C21DC1A" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58A9F5D1" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="0A058034" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B482BDF" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="10140B8F" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AC7AE6D" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="6C0C170E" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...20 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26DD7770" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="193BC733" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36136795" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="7B9726DA" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="5493F1A5" w14:textId="217995E6" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="2BA4AC67" w14:textId="70BA79B2" w:rsidTr="006D4014">
         <w:trPr>
-          <w:trHeight w:val="1361"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F877912" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="6523E373" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B3C7E27" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="2CD9AAD0" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үм</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іткерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AC09D7A" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="357AC6F4" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...2 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A65F5D0" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="422F4CDE" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50785911" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="3CDB8F49" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="09780126" w14:textId="33FDCA14" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="13790C96" w14:textId="4E14B378" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AAA32EA" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="6776B765" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E700B07" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="50667E93" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B640B72" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="0712A1ED" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3817F0A7" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="70DAB060" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...52 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10AD4452" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6222B190" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6802CEDB" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EC696D4" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339512BE" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78FCC0B0" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A3E2022" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="0B35D52B" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="0E1E0169" w14:textId="2C637B0A" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="18FBFF9C" w14:textId="2B3F8C8B" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BD0D769" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="25E498A8" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75E4B15B" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="4DC1276B" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6174E492" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="06120B2B" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C71A043" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="7D43152F" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...20 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11909E7E" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741D0955" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F73FB6E" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="3FFF73A2" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="08B3F00E" w14:textId="1F81B222" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="5BE509F9" w14:textId="4603DE1A" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3028CF2B" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="1689D5B9" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28A07D0A" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="40D8C9B6" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FE9A8FF" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="57BF2B19" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3205199A" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="5BE55212" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...12 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>би</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="078A5D46" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62290D03" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D9B8FE7" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="1D6C5387" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="4615385E" w14:textId="63EC6AAE" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="7054D507" w14:textId="5FCD31D7" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A0D0B05" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="7CBC8625" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="616CB906" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="677340D6" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2302FEE9" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="4B8B3446" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>йым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44FA016B" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="366135CD" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...12 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A59C12E" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FC58646" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="5DFDF01A" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="2665BB69" w14:textId="57BD2F4D" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="677F1291" w14:textId="71F0FDF8" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37204777" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="017D6D26" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C62677C" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="43D10B2B" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1628F649" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="45A64B96" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...20 lines deleted...]
-              <w:t>- государственная награда</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17AE8C11" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E402219" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C7D1A46" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="1D68DC38" w14:textId="2EB1D45B" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...50 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AD52097" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D502F4D" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48336CC5" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E0AC90" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0148F8D7" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005824C0">
-[...10 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005824C0">
-[...10 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005824C0">
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>" = 10 баллов</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCC9131" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="454BFBD8" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="29687C10" w14:textId="35EAADB6" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="1A5388F0" w14:textId="0F0964EA" w:rsidTr="006D4014">
         <w:trPr>
-          <w:trHeight w:val="3859"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27D365AA" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="10F822F1" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73EFFF46" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="1A612376" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59211C6F" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="1B9A2A47" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="664CBFD7" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="0454B96B" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...26 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4159E642" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30E34825" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0716FFB4" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="76711782" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="3560C528" w14:textId="185C550A" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="17401A7D" w14:textId="6B9FC066" w:rsidTr="006D4014">
         <w:trPr>
-          <w:trHeight w:val="3029"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="286C4D4D" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="11B91C55" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DDE547E" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="0580A4C0" w14:textId="3F9D5013" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="355C5797" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="333D123F" w14:textId="3FCD3CAB" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32991253" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="48F1D314" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...36 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="003B7817" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047ACB52" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75D6CEC5" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CC75CCE" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29372066" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="6AA4F1BA" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="793AFFAD" w14:textId="42E2B2A2" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="730F9B71" w14:textId="54DA6355" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C78628D" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="1144E41C" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11699EF5" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="1AEFD094" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C03C76A" w14:textId="6FFE6793" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="7D217F66" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...2 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="005824C0">
-[...39 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidRPr="005824C0">
-[...26 lines deleted...]
-                <w:spacing w:val="2"/>
+          </w:p>
+          <w:p w14:paraId="092170C2" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62EF69F6" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15C0F802" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F71EF3" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="716B08EC" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32422BDD" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F9986F1" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2FDA943C" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F757C9D" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093A836E" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D0D81F" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AFFE9D6" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BAA902" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F28BB8" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50E6CB17" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>""TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="410A0281" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380EF4D7" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30D3BE1D" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4631287D" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EB27F6" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6668FF6D" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="651BEA7D" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AFF9AD8" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE43DB7" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61206906" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3369F953" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038EBF72" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1653272C" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
-            <w:r w:rsidRPr="005824C0">
-[...352 lines deleted...]
-                <w:spacing w:val="2"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1283A7" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="545147C7" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3B7A47" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Developing expertise in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Languages)</w:t>
-[...257 lines deleted...]
-              <w:t>"</w:t>
+              <w:t>teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58060001" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="7DCEDF97" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="04648FFB" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F447DC" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="005824C0">
-[...70 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ілім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="567574D3" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DEBD8EE" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="592189E5" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="4CF9D101" w14:textId="2BEDE167" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="3FC8B50A" w14:textId="76B4041C" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="676F7D77" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="38CB2142" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B2D348B" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="63C7A755" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...13 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="005824C0">
-[...4 lines deleted...]
-              <w:t>i</w:t>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>түлегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дипломмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серпін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысушысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="005824C0">
-[...21 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50458B11" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="7D6B5738" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>келісім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16F4EB76" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="19FDFC67" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014" w:rsidP="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005824C0">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FECF612" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="730E91EA" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005824C0" w14:paraId="755563A9" w14:textId="20A8FF96" w:rsidTr="00C07904">
+      <w:tr w:rsidR="006D4014" w:rsidRPr="006D4014" w14:paraId="582E36E9" w14:textId="1100C601" w:rsidTr="006D4014">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2769" w:type="dxa"/>
+            <w:tcW w:w="2735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26D3E39D" w14:textId="76104BC1" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="11D60E43" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D4014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29CFC61E" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="5BEDDAB5" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EEC3EB3" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22F03CB3" w14:textId="77777777" w:rsidR="005824C0" w:rsidRPr="005824C0" w:rsidRDefault="005824C0">
+          <w:p w14:paraId="65B8E1E9" w14:textId="77777777" w:rsidR="006D4014" w:rsidRPr="006D4014" w:rsidRDefault="006D4014">
             <w:pPr>
-              <w:rPr>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="731CF39B" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00452A41" w:rsidP="00955507">
+    <w:p w14:paraId="39189BFE" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="006D4014" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F998AC5" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="001B695E">
+    <w:p w14:paraId="00252F9A" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00955507" w:rsidSect="00511A98">
+    <w:p w14:paraId="6C72C46F" w14:textId="77777777" w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidRDefault="00F349FD" w:rsidP="00F349FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F349FD" w:rsidRPr="00E21AF8" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -7240,50 +20797,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1B612010"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A0963E96"/>
+    <w:lvl w:ilvl="0" w:tplc="0F487F72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="555" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1275" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1995" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2715" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3435" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4155" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4875" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5595" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6315" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7352,51 +21022,277 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="54AE69EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB489A6C"/>
+    <w:lvl w:ilvl="0" w:tplc="6F38578A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="5B3A7D08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4842828E"/>
+    <w:lvl w:ilvl="0" w:tplc="B1D609EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7465,51 +21361,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7558,774 +21454,896 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="772B00FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4778159A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="00013294"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00144E1A"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="0016201F"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00165280"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A7009"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B61E2"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F7085"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002069CA"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="002405A7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="00263977"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00270922"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00286735"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002C5AD5"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00311A8E"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00366A01"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003758DA"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E078C"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="0041775B"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00444EA6"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00452B55"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004578CD"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00467337"/>
     <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00470FF2"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="004715CE"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B2B06"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C0D95"/>
-    <w:rsid w:val="004D0F25"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004E529F"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
-    <w:rsid w:val="00511A98"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="0053773E"/>
     <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00557064"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00564B26"/>
     <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00566D98"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
-    <w:rsid w:val="005824C0"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005918FB"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
-    <w:rsid w:val="0060746B"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
+    <w:rsid w:val="00647B0C"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006D4014"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
-    <w:rsid w:val="006F5247"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00776DE1"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="007F65F8"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00875E95"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B60A8"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D153B"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00905346"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00955507"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B1760"/>
     <w:rsid w:val="009B3C4A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C3C70"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3757"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E3DE6"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A17F8E"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A85ED6"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA2BC8"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AA5C63"/>
     <w:rsid w:val="00AA70B0"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4327"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C07904"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C340BC"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C86ABF"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB0176"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D20A7F"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D43BB6"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D5663B"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D6634D"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D925B1"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DA6B51"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF719B"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E1304D"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E429B2"/>
     <w:rsid w:val="00E43AF2"/>
-    <w:rsid w:val="00E500D8"/>
+    <w:rsid w:val="00E47903"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71974"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E74F4F"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB66CB"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC745C"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F349FD"/>
+    <w:rsid w:val="00F34B5F"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7465C"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD020D"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FE688A"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4E991A17"/>
+  <w14:docId w14:val="41C7CC19"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -8445,50 +22463,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F34B5F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -8637,56 +22656,121 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="a"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E74F4F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00467337"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00566D98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E1304D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E1304D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E1304D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005824C0"/>
+    <w:rsid w:val="002C5AD5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -8815,50 +22899,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F34B5F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -9007,145 +23092,288 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="a"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E74F4F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280" w:after="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00467337"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00566D98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E1304D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E1304D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E1304D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005824C0"/>
+    <w:rsid w:val="002C5AD5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="105080736">
+    <w:div w:id="103774868">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="591087200">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1345979927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="848324956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="660889300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1766458621">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1909723829">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2133211311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9396,78 +23624,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4099DB13-36E8-4830-8DB1-2AA86CF32DCA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A3E88AA-DA5A-4B28-9D1B-92432C9053A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1766</Words>
-  <Characters>10071</Characters>
+  <Words>2061</Words>
+  <Characters>11754</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11814</CharactersWithSpaces>
+  <CharactersWithSpaces>13788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>