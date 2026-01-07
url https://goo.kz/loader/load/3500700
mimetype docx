--- v0 (2025-12-12)
+++ v1 (2026-01-07)
@@ -1,460 +1,476 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...41 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының №17  жалпы орта білім беру саралап оқытатын бейіндік  мектебі» КММ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс   тілде оқытатын  қосымша білім беру (хореограф) мұғалімі лауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="7"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
-        <w:tblLayout w:type="autofit"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="7761"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная </w:t>
-[...29 lines deleted...]
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  № 17  жалпы орта білім берусаралап оқытатын бейіндік  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140008, Республика Казахстан, Павлодарская область,                     город Павлодар, улица Катаева, 68</w:t>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, Катаев көшесі 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="264" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>телефон нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -466,1795 +482,1369 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>электрондық пошта мекенжайлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sosh17@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог дополнительного образования (хореограф)   0,5 ставки  </w:t>
+              <w:t xml:space="preserve">Қосымша білім беру (хореограф)  0,5 жүктеме </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="825" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>негізгі атқарымдық міндеттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="12"/>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+              <w:t>-Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады, оған жүктемені бөлу бойынша бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ барысында тиісті тәртіп пен тәртіпті қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Оқу жоспарына, өзінің сабақ жоспарына және сабақ кестесіне сәйкес білім беру бағдарламаларына қолданылатын бағдарламаларды іске асырады; бұл ретте оқытудың әртүрлі тәсілдерін, әдістері мен құралдарын пайдаланады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Реализует применяемые в образовательные программы в соответствии с учебным планом, собственным поурочным планом и расписанием занятий; использует при этом разнообразные примы, методы и средства обучения.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру стандартының талаптарына сәйкес келетін білім алушылардың дайындық деңгейін қамтамасыз етеді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="12"/>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+              <w:t>-ОТ және ТБ, өртке қарсы қорғау ережелері мен нормаларын орындайды, білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Басшылықты әрбір жазатайым оқиға туралы жедел хабардар етеді, дәрігерге дейінгі Алғашқы көмек көрсету жөнінде шаралар қабылдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...14 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Білім беру процесін жүргізу жағдайларын жақсарту және сауықтыру жөнінде ұсыныстар енгізеді, сондай-ақ кабинет меңгерушісіне, білім беру процесін қамтамасыз етудегі білім алушылар ағзасының тыныс-тіршілігі мен жұмыс қабілетін төмендететін барлық кемшіліктер туралы басшылыққа жеткізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Сынып журналында немесе нұсқаманы тіркеу журналында міндетті түрде тіркеле отырып, білім алушыларға оқу сабақтарында еңбек қауіпсіздігі туралы нұсқама жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың еңбекті қорғау жөніндегі ережелерді зерделеуін ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Еңбекті қорғау жөніндегі қағидалардың (нұсқаулықтардың) сақталуын бақылауды жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Вносит предложения по улучшению и оздоровлению условий проведения образовательного процесса, а также доводит до сведения заведующего кабинетом, руководства обо всех недостатках в обеспечении образовательного процесса, снижающих жизнедеятельность и работоспособность организма обучающихся.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Белгіленген тәртіппен сынып құжаттамасын жүргізеді, қабылданған жүйе бойынша білім алушылардың сабаққа қатысуы мен үлгеріміне ағымдағы бақылауды жүзеге асырады, білім алушының сынып журналы мен күнделігіне баға қояды, әкімшілікке есепті деректерді уақтылы ұсынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="12"/>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+              <w:t>-Белгіленген тәртіппен білім алушыларды қорытынды аттестаттауға қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="13"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Педагогтің қызметін бақылау және бағалау мақсатында әкімшілік өкілдерін белгіленген тәртіппен сабақтарға жібереді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...4 lines deleted...]
-              <w:t>Организует изучение обучающимися правил по охране труда.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Директордың ОВЖ жөніндегі орынбасарының өкімі бойынша сабақта уақытша болмаған мұғалімдерді ауыстырады</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Жарғы мен ішкі еңбек тәртібінің ережелерін, өзге де жергілікті құқықтық актілерді сақтайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="12"/>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Сабақтарды өткізуге дайындалады, өзінің кәсіби біліктілігін жүйелі түрде арттырады, әдістемелік бірлестіктердің қызметіне және В қабылдаған әдістемелік жұмыстың басқа да нысандарына қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...4 lines deleted...]
-              <w:t>Осуществляет контроль за соблюдением правил (инструкций) по охране труда.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Педагогикалық кеңестің жұмысына және әкімшілік өткізетін кеңестерге қатысады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="12"/>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Кезекшілік кестесіне сәйкес сабақтар арасындағы үзілістерде, сондай-ақ өз сабақтарының басталуына 20 минут қалғанда және 20 минут ішінде және аяқталуына дейін кезекшілік етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...4 lines deleted...]
-              <w:t>Ведет в установленном порядке классную документацию, осуществляет текущий контроль посещаемости и успеваемости обучающихся по принятой в системе, выставляет оценки в классный журнал и дневник обучающегося, своевременно представляет администрации отчетные данные.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың үлгерімі, сабаққа қатысуы, тәртіптілігі мәселелері бойынша ата-аналармен (оларды алмастыратын адамдармен) тұрақты байланыста болады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="12"/>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мерзімді медициналық тексеруден өтеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="14"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...442 lines deleted...]
-              <w:t>Соблюдает этические нормы поведения в, быту, общественных местах, соответствующие общественному положению учителя.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мұғалімнің қоғамдық жағдайына сәйкес, күнделікті өмірде, қоғамдық орындарда мінез-құлықтың этикалық нормаларын сақтайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="639" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>еңбекақы мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> тенге;</w:t>
+              <w:t>- арнайы орта білім (min): 143947-161724 теңге;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование (min): </w:t>
-[...20 lines deleted...]
-              <w:t>тенге</w:t>
+              <w:t>- жоғары білім (min): 177766-205080тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="392" w:type="dxa"/>
+        <w:trPr>
+          <w:trHeight w:val="2864" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>высшее и (или) послевузовское педагогическое образование или высшее образование по соответствующей специальности без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующей специальности без предъявления требований к стажу работы;</w:t>
+              <w:t>тиісті мамандық бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе жоғары білім жұмыс өтіліне талаптар қоймай немесе тиісті мамандық бойынша техникалық және кәсіптік білім жұмыс өтіліне талаптар қоймай;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:bookmarkStart w:id="0" w:name="z3161"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>     </w:t>
-            </w:r>
+              <w:t>  -және (немесе) біліктіліктің жоғары деңгейі болған жағдайда педагог-шебер үшін мамандық бойынша жұмыс өтілі-6 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...65 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">   -және (немесе) біліктіліктің орта немесе жоғары деңгейі болған кезде: педагог-модератор үшін кемінде 3-4 жыл, педагог – сарапшы үшін кемінде 4-5 жыл, педагог-зерттеуші үшін кемінде 5-6 жыл мамандығы бойынша жұмыс өтілі.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="105" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
@@ -2299,2889 +1889,2062 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2024 г.</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+              <w:t>.2024 ж.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
-[...324 lines deleted...]
-          </w:p>
+              <w:t>Қажетті құжаттар тізімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> о результатах </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...65 lines deleted...]
-              <w:t xml:space="preserve"> (при наличии);</w:t>
+              <w:t>өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>английского языка сертификат</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">жеке басты куәландыратын құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
-[...161 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>кадрларды есепке алу бойынша толтырылған жеке парақ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-              <w:t>;</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекен-жайын және байланыс телефондарын көрсете отырып-бар болса);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білім туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Оценочный лист </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5)  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>видеопрезентация</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">еңбек қызметін растайтын құжаттың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> для</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген нысан бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">денсаулық жағдайы туралы анықтама </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>) психоневрологиялық ұйымның анықтамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кандидата</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> без стажа</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Наркологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аттестациядан өту нәтижелері туралы анықтама немесе педагог-модератордан төмен емес қолданыстағы біліктілік санаты бар екендігі туралы сертификат (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>не менее 15 минут</w:t>
-[...18 lines deleted...]
-              <w:t>;</w:t>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11-қосымшаға сәйкес нысан бойынша бос немесе уақытша бос педагог лауазымына орналасуға үміткердің толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентация кемінде 15 минут, ең төменгі ажыратылымдылығы- 720х 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+              <w:t>Бос лауазым мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Согласно трудового договора</w:t>
+              <w:t>Еңбек шартына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="5444" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
-          <w:tblBorders>
-[...6 lines deleted...]
-          </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="781" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...612 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдарға тағайындау, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдардан босату </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_______________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>(Кандидаттың Т. А. Ә, (бар болса), ЖСН)</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
-      </w:r>
-[...176 lines deleted...]
-        <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені бос/уақытша бос орынға конкурсқа жіберуіңізді сұраймын лауазымдар (қажеттінің астын сызу)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...161 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="17"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, Ұйымның атауы, мекен-жайы (облыс, аудан, қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
+        <w:tblStyle w:val="3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2022"/>
+        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="3154"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="760" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
+              <w:t>Атауы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебногозаведения</w:t>
+              <w:t>оқуорнының</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
+              <w:t>Оқукезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
+              <w:t>ипломбойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>амандығы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="749" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5260,4604 +4023,5053 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>подтверждения):_</w:t>
+        <w:t>расталғанкүні</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...20 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...251 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық жұмыс өтілі:_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менде келесі жұмыс нәтижелері бар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«_____»_____________20___жылғы______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...99 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>(</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
-[...26 lines deleted...]
-          <w:lang w:val="en-US"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="5444" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
-          <w:tblBorders>
-[...6 lines deleted...]
-          </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="781" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...10 lines deleted...]
-                <w:bCs/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...151 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Тегі, Аты, Әкесінің аты (бар болса)</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...10 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="3"/>
-        <w:tblW w:w="10080" w:type="dxa"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="441"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3412"/>
+        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="944"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3645" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-            <w:gridSpan w:val="4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...13 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3645" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...106 lines deleted...]
-            <w:gridSpan w:val="4"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3645" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="4"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жұмыс өтілі жоқ үміткерлер үшін сертификаттау </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3645" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...147 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Біліктілік санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...20 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...43 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алғаш рет жұмысқа тұрған педагогтер үшін </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...22 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...43 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби тәжірибенің нәтижелері "өте жақсы" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...127 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:rPr>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3672" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) олимпиадалар және конкурстар жеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2) олимпиадалар және конкурстар жеңімпаздары - 3 балл "Үздік педагог" конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"Үздік педагог" конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3672" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...106 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...628 lines deleted...]
-            <w:tcW w:w="3672" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметін растайтын құжат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...106 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2972" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="4"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" программалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...21 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, "Дипломмен ауылға!", "Серпін" мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3019" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...22 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...24 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9937,927 +9149,845 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
+  </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="DFD70000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...96 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00032912"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4ACD"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="0016146A"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B5648"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E73F1"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00232C25"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
-    <w:rsid w:val="00251E46"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
-    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C20BA"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
-    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
+    <w:rsid w:val="00385BC8"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D09B9"/>
+    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
-    <w:rsid w:val="003F7A1A"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D3920"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D4A9A"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
-    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00683A1C"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
-    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D02AA"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006F3100"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F4376"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A4A53"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="008218A5"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
+    <w:rsid w:val="008849A6"/>
     <w:rsid w:val="00884A28"/>
-    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
-    <w:rsid w:val="008965EA"/>
     <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="00896CE5"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
-    <w:rsid w:val="008D62E1"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="009025AD"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009651C1"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00974D92"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A80D1A"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC014A"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD48DA"/>
+    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B336ED"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B44934"/>
+    <w:rsid w:val="00B45C50"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA5D05"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
-    <w:rsid w:val="00BD693A"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C03230"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C57041"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00C97A79"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD5973"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CF398A"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
-    <w:rsid w:val="00D143E5"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D24ACD"/>
+    <w:rsid w:val="00D27291"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D74D43"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
-    <w:rsid w:val="00DC6F0E"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA0906"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB5DE1"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F06293"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
-    <w:rsid w:val="00F95A7A"/>
+    <w:rsid w:val="00FA103D"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE6BB2"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="558B1183"/>
-    <w:rsid w:val="5E24583A"/>
+    <w:rsid w:val="46F16708"/>
+    <w:rsid w:val="5D0353E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="1"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
@@ -10909,71 +10039,71 @@
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="99" w:name="Closing"/>
     <w:lsdException w:uiPriority="99" w:name="Signature"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
     <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
     <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
@@ -10991,266 +10121,287 @@
     <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Placeholder Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:name="Placeholder Text"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="No Spacing"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="2"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="9"/>
+    <w:link w:val="10"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="6">
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="18"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="3"/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9">
     <w:name w:val="Основ_Текст"/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:hAnsi="NewtonC" w:eastAsia="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="2"/>
     <w:link w:val="5"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="11">
+  <w:style w:type="character" w:styleId="12">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="2"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
     <w:name w:val="Font Style17"/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
     <w:name w:val="Font Style11"/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="14">
+  <w:style w:type="character" w:customStyle="1" w:styleId="15">
     <w:name w:val="Font Style16"/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+  <w:style w:type="character" w:customStyle="1" w:styleId="16">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="16">
+  <w:style w:type="paragraph" w:styleId="17">
     <w:name w:val="No Spacing"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="2"/>
+    <w:link w:val="6"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11500,68 +10651,68 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4E6BC66-718E-4C86-9A12-19218E4B308A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12471E3D-4C12-496A-847D-C80E00A3B854}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <Pages>7</Pages>
-[...3 lines deleted...]
-  <Paragraphs>31</Paragraphs>
+  <Pages>1</Pages>
+  <Words>2186</Words>
+  <Characters>12466</Characters>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15973</CharactersWithSpaces>
+  <CharactersWithSpaces>14623</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.13431_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.13431</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>8499EE1B8FD64847A83AD3B0AFEFA90B_12</vt:lpwstr>
+    <vt:lpwstr>42D1B468B6984A76AC9ACEA9E30F34E0_12</vt:lpwstr>
   </property>
 </Properties>
 </file>