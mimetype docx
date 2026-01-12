--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -1,548 +1,545 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="4E703E40" w14:textId="77777777" w:rsidR="00F73F68" w:rsidRPr="00F73F68" w:rsidRDefault="00F73F68" w:rsidP="00F73F68">
+    <w:p w14:paraId="7052BEF1" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F73F68">
+      <w:r w:rsidRPr="0067230E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ата-аналарға арналған жадынама</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4310F717" w14:textId="77777777" w:rsidR="00F73F68" w:rsidRPr="00F73F68" w:rsidRDefault="00F73F68" w:rsidP="00F73F68">
+        <w:t>Памятка для родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31741020" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CE3FF06" w14:textId="77777777" w:rsidR="00F73F68" w:rsidRPr="00F73F68" w:rsidRDefault="00F73F68" w:rsidP="00F73F68">
+    <w:p w14:paraId="4C9B56BE" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F73F68">
+      <w:r w:rsidRPr="0067230E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"Балаға мамандық таңдауда қалай көмектесуге болады"</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="22810720" w14:textId="77777777" w:rsidR="00F73F68" w:rsidRPr="00F73F68" w:rsidRDefault="00F73F68" w:rsidP="00F73F68">
+        <w:t>«Как помочь ребенку в выборе профессии»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5B9CEC" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA00B23" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F73F68">
+      <w:r w:rsidRPr="0067230E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Құрметті ата-аналар!</w:t>
-[...241 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Уважаемые родители!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D80BDD" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4C086F" w14:textId="21F95953" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выбор профессии – важное и ответственное дело. Выбирая профессию, нужно учитывать, в первую очередь, интересы ребенка, его склонности, способности, желания и только потом семейные традиции и интересы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEC5A6B" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3555C1BE" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дайте своему ребенку право выбора будущей профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F66E11" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обсуждайте вместе с ним возможные «за» и «против» выбранной им профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E9460F" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рассматривайте выбор будущей профессии не только с позиции материальной выгоды, но и с позиции морального удовлетворения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15319D05" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учитывайте в выборе будущей профессии личностные качества ребенка, которые необходимы ему в данной специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B618E0D" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если возникают разногласия в выборе профессии, используйте возможность посоветоваться со специалистами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58935C44" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не давите на ребенка в выборе профессии, иначе это может обернуться стойкими конфликтами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28478AD9" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поддерживайте ребенка, если у него есть терпение и желание, чтобы его мечта сбылась.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA6811F" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если ваш ребенок ошибся в выборе, не корите его за это. Ошибку можно исправить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB45762" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если ваш ребенок увлекся какой-то профессией, дайте ему возможность поддерживать этот интерес с помощью литературы, занятия в кружках и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A890B44" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помните, что дети перенимают традиции отношения к профессии своих родителей!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6682002D" w14:textId="5BD7F0DA" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="244D9B56" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="504CF5AD" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F73F68">
+      <w:r w:rsidRPr="0067230E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ата-аналарға арналған ұсыныстар:</w:t>
-[...77 lines deleted...]
-      <w:r w:rsidRPr="00F73F68">
+        <w:t>Рекомендации для родителей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3379D9F8" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64ABDD0D" w14:textId="115565CA" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В процессе изучения различных школьных предметов выявляются склонности, способности, интересы ребенка: вполне естественно, что он хорошо учится по тем дисциплинам, к изучению которых у него есть способности; опирайтесь в процессе выбора профиля, в том числе на результаты успеваемости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304C3362" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наиболее существенное влияние на профессиональный выбор оказывают родители и ближайшие родственники; понимайте всю ответственность за советы, пожелания, а иногда и требования, адресованные своему ребенку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765C1382" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изучите интересы, возможности и способности своего ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45656B6C" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>кезеңін аяқтағаннан кейін нақты және тиімді кезең ретінде тастамаңыз мектептер;</w:t>
-[...70 lines deleted...]
-    <w:sectPr w:rsidR="00F73F68" w:rsidRPr="00F73F68">
+        <w:t>ориентируйтесь на реальные пути построения профессиональной карьеры, не отбрасывайте возможность получения начального профессионального образования как вполне реального и эффективного этапа в профессиональной подготовке подростков после окончания основной школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED6D830" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при обсуждении вариантов продолжения учебы помните, что в силу возрастных особенностей для многих подростков мнение сверстников становится более значимым, чем мнение родителей и учителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73308DFD" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в любом случае обсуждение с подростком профессионального выбора надо вести очень тактично, нельзя отзываться негативно о его друзьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C419F9" w14:textId="77777777" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при выборе профессии необходимо также иметь информацию о перспективах развития рынка труда, о наиболее востребованных в настоящее время профессиях и специальностях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7913576A" w14:textId="06253110" w:rsidR="0067230E" w:rsidRPr="0067230E" w:rsidRDefault="0067230E" w:rsidP="0067230E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067230E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом поиске родители – самые надежные и верные помощники!</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0067230E" w:rsidRPr="0067230E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -556,73 +553,73 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="177"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F73F68"/>
-    <w:rsid w:val="00F73F68"/>
+    <w:rsidRoot w:val="0067230E"/>
+    <w:rsid w:val="0067230E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0063E7B1"/>
+  <w14:docId w14:val="7BF8FF2D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5E384BC7-B731-EE43-B269-CBC6DE08E72B}"/>
+  <w15:docId w15:val="{9D07ED71-3CC5-894A-8741-29B9BEB51FBA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1010,51 +1007,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
-    <w:div w:id="184709484">
+    <w:div w:id="1278945265">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1333,54 +1330,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>387</Words>
-  <Characters>2209</Characters>
+  <Words>392</Words>
+  <Characters>2236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2591</CharactersWithSpaces>
+  <CharactersWithSpaces>2623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>alikarimov888@gmail.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>