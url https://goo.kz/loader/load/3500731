--- v0 (2025-12-08)
+++ v1 (2025-12-30)
@@ -1,497 +1,548 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="6A848F67" w14:textId="77777777" w:rsidR="003F5972" w:rsidRDefault="003F5972" w:rsidP="00E21C4C">
+    <w:p w14:paraId="5637F484" w14:textId="77777777" w:rsidR="003F5972" w:rsidRDefault="009632C3" w:rsidP="00A20C6A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С 1 апреля </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по 31 августа осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="591B5430" w14:textId="2144E150" w:rsidR="00E21C4C" w:rsidRPr="00E21C4C" w:rsidRDefault="00E21C4C" w:rsidP="00E21C4C">
+    <w:p w14:paraId="1CC9025F" w14:textId="1E9BB33D" w:rsidR="00A20C6A" w:rsidRDefault="009632C3" w:rsidP="00A20C6A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E21C4C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2024-2025 оқу жылына 1 сыныпқа құжат қабылдау</w:t>
+        <w:t xml:space="preserve"> в 1 класс на 2024-2025 учебный год </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697425FA" w14:textId="443ED954" w:rsidR="00E21C4C" w:rsidRPr="00E21C4C" w:rsidRDefault="00E21C4C" w:rsidP="00E21C4C">
+    <w:p w14:paraId="3DC13AD8" w14:textId="1B86C890" w:rsidR="00A20C6A" w:rsidRPr="00A20C6A" w:rsidRDefault="00A20C6A" w:rsidP="003F5972">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E21C4C">
+      <w:r w:rsidRPr="00A20C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2024 жылы 1 сәуірден бастап 31 тамызға дейін</w:t>
+        <w:t>Перечень необходимых документов:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425BC7A2" w14:textId="5E1B51BB" w:rsidR="00A20C6A" w:rsidRPr="00E21C4C" w:rsidRDefault="00A20C6A" w:rsidP="00E21C4C">
+    <w:p w14:paraId="325CE420" w14:textId="2A6BD59E" w:rsidR="00A20C6A" w:rsidRPr="00A20C6A" w:rsidRDefault="00A20C6A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E21C4C">
-[...8 lines deleted...]
-        <w:t>Қажет құжаттар тізімі:</w:t>
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Копия свидетельств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении ребенка:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D16ED09" w14:textId="312D1AD9" w:rsidR="00A20C6A" w:rsidRPr="00E21C4C" w:rsidRDefault="00A20C6A" w:rsidP="00A20C6A">
+    <w:p w14:paraId="52766ADC" w14:textId="05EEDFA0" w:rsidR="00A20C6A" w:rsidRPr="00A20C6A" w:rsidRDefault="00A20C6A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E21C4C">
+      <w:r w:rsidRPr="00A20C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="003F5972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E21C4C">
-[...8 lines deleted...]
-      <w:r w:rsidR="00E21C4C" w:rsidRPr="00E21C4C">
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Паспорт здоровья по форме 026/у-3;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3DD324" w14:textId="3805ACB5" w:rsidR="00A20C6A" w:rsidRPr="00A20C6A" w:rsidRDefault="00A20C6A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Документ о состоянии здоровья по форме 063/у</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (052-2/у)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A20C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF1D08D" w14:textId="576AA447" w:rsidR="00E21C4C" w:rsidRPr="00E21C4C" w:rsidRDefault="00E21C4C" w:rsidP="00A20C6A">
+    <w:p w14:paraId="5C273D45" w14:textId="4CBF5C57" w:rsidR="00A20C6A" w:rsidRPr="00A20C6A" w:rsidRDefault="00A20C6A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E21C4C">
+      <w:r w:rsidRPr="00A20C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="003F5972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E21C4C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">026/у-3 нысаны бойынша денсаулық паспорты; </w:t>
+      <w:r w:rsidRPr="00A20C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Два экземпляра фотографии размером 3*4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D65ABE" w14:textId="57F7C5C3" w:rsidR="00E21C4C" w:rsidRPr="00E21C4C" w:rsidRDefault="00E21C4C" w:rsidP="00A20C6A">
+    <w:p w14:paraId="743A4127" w14:textId="66E827B4" w:rsidR="00A20C6A" w:rsidRDefault="00A20C6A" w:rsidP="00A20C6A">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...94 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="101DDB09" wp14:editId="41BB8514">
-[...2 lines deleted...]
-            <wp:docPr id="525246430" name="Рисунок 7"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FB53706" wp14:editId="08C6DBF8">
+            <wp:extent cx="6191292" cy="3771900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="508983461" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6648391" cy="3736169"/>
+                      <a:ext cx="6207757" cy="3781931"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A2FA2A1" wp14:editId="21050B71">
-[...2 lines deleted...]
-            <wp:docPr id="1168626499" name="Рисунок 8"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7513ABEF" wp14:editId="03861075">
+            <wp:extent cx="5949932" cy="3086100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1551402104" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 9"/>
+                    <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect t="20533" b="14829"/>
+                    <a:srcRect l="2815" t="20752" r="3879" b="15520"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6649501" cy="3203660"/>
+                      <a:ext cx="6021565" cy="3123255"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A20C6A" w:rsidRPr="00E21C4C" w:rsidSect="00D90103">
+    <w:p w14:paraId="581E8523" w14:textId="4932168B" w:rsidR="00864B1D" w:rsidRDefault="00864B1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A848F67" w14:textId="77777777" w:rsidR="003F5972" w:rsidRDefault="003F5972" w:rsidP="00E21C4C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="003F5972" w:rsidSect="00D90103">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A20C6A"/>
     <w:rsid w:val="003F5972"/>
-    <w:rsid w:val="00746361"/>
+    <w:rsid w:val="00663AB3"/>
     <w:rsid w:val="00864B1D"/>
     <w:rsid w:val="009632C3"/>
     <w:rsid w:val="00A20C6A"/>
     <w:rsid w:val="00B0088A"/>
     <w:rsid w:val="00C925B8"/>
     <w:rsid w:val="00CA7D53"/>
     <w:rsid w:val="00D90103"/>
     <w:rsid w:val="00E21C4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -680,67 +731,67 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00746361"/>
+    <w:rsid w:val="00663AB3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00746361"/>
+    <w:rsid w:val="00663AB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -902,86 +953,86 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00746361"/>
+    <w:rsid w:val="00663AB3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00746361"/>
+    <w:rsid w:val="00663AB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1240,69 +1291,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>47</Words>
-  <Characters>268</Characters>
+  <Words>46</Words>
+  <Characters>264</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>314</CharactersWithSpaces>
+  <CharactersWithSpaces>309</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>