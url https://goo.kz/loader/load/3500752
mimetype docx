--- v0 (2025-12-05)
+++ v1 (2025-12-28)
@@ -1,13914 +1,10342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="4506EC02" w14:textId="77777777" w:rsidR="006F0ADC" w:rsidRDefault="000A546B">
+    <w:p w14:paraId="7FEF7134" w14:textId="52216754" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="75"/>
-        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>«Павлодар</w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
       </w:r>
-      <w:r>
-[...91 lines deleted...]
-        <w:t>информатика</w:t>
+      <w:r w:rsidR="008E437F">
+        <w:t>имени Камала Макпалеева</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>мұғалімі</w:t>
+        <w:t>города</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>лауазымына конкурс</w:t>
+        <w:t>Павлодара»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>жариялайды</w:t>
+        <w:t>объявляет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурс</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5DA056" w14:textId="359EEFB0" w:rsidR="00ED4EC0" w:rsidRDefault="00442683" w:rsidP="00442683">
-[...3 lines deleted...]
-        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+    <w:p w14:paraId="2135C0C8" w14:textId="77777777" w:rsidR="00A84295" w:rsidRDefault="00634804" w:rsidP="00634804">
+      <w:pPr>
+        <w:spacing w:after="3"/>
+        <w:ind w:left="348" w:right="559"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информатики </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00F08">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD6E74E" w14:textId="764C0079" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
+      <w:pPr>
+        <w:spacing w:after="3"/>
+        <w:ind w:left="348" w:right="559"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008B3C9F">
+      <w:r w:rsidR="00CF1CCC">
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A546B">
+      <w:r w:rsidR="00CE5B3D">
         <w:rPr>
-          <w:lang w:val="ru-RU"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 </w:t>
-[...2 lines deleted...]
-        <w:t>сағат</w:t>
+        <w:t>6 часов</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DCBE0F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
-[...2 lines deleted...]
-        <w:spacing w:before="3"/>
+    <w:p w14:paraId="70EC3463" w14:textId="77777777" w:rsidR="00A84295" w:rsidRDefault="00A84295" w:rsidP="00634804">
+      <w:pPr>
+        <w:spacing w:after="3"/>
+        <w:ind w:left="348" w:right="559"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6860"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2352"/>
+        <w:gridCol w:w="31"/>
+        <w:gridCol w:w="7415"/>
+        <w:gridCol w:w="132"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED4EC0" w14:paraId="6115DA2E" w14:textId="77777777">
+      <w:tr w:rsidR="00634804" w14:paraId="0C9C5FF9" w14:textId="77777777" w:rsidTr="008D6B32">
         <w:trPr>
-          <w:trHeight w:val="828"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="648"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="607435D7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1274684A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="654264A0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16D1A744" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="318"/>
-[...8 lines deleted...]
-              <w:t>Орналасқан жері</w:t>
+              <w:ind w:left="107" w:right="759"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Пошталық</w:t>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="040AA104" w14:textId="19682BBA" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-          <w:p w14:paraId="3F1B4111" w14:textId="0136B1E9" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B" w:rsidP="001F2B91">
+            <w:r w:rsidR="008E437F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>имени Камала Макпалеева</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26CFCA9B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:right="258"/>
-[...33 lines deleted...]
-              <w:t>Қазақстан</w:t>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...27 lines deleted...]
-              <w:t>қаласының</w:t>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FA7EF9">
-[...97 lines deleted...]
-              <w:t>Павлодар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>управления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>облысы,</w:t>
-[...64 lines deleted...]
-              <w:t>58</w:t>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0" w14:paraId="0D6D131D" w14:textId="77777777">
+      <w:tr w:rsidR="00634804" w14:paraId="60D9443C" w14:textId="77777777" w:rsidTr="008D6B32">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="616E24F6" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="661A87C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22D6EF13" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Телефон</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="598CE654" w14:textId="4DC2E396" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9E7E53" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D610880" w14:textId="3FB351E7" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...319 lines deleted...]
-              <w:t>бөлімінің</w:t>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r w:rsidR="00273194">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>«Павлодар</w:t>
-[...106 lines deleted...]
-          <w:p w14:paraId="255B29A8" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8FE1E1" w14:textId="3ACAD88A" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>мекемесі</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00273194">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарина</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00273194">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0" w14:paraId="24AAE4F7" w14:textId="77777777">
+      <w:tr w:rsidR="00634804" w14:paraId="0A26E89C" w14:textId="77777777" w:rsidTr="008D6B32">
         <w:trPr>
-          <w:trHeight w:val="2484"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="161"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="515F4DDC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1BA74A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61ED6E2A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA82882" w14:textId="078A70D9" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002938C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="746230B3" w14:textId="77777777" w:rsidTr="008D6B32">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="324"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11B65302" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9B3F42" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>электронной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D67E0C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FAE7F9B" w14:textId="54B2FB2F" w:rsidR="00634804" w:rsidRDefault="00FD1F7B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00A2453D" w:rsidRPr="00156486">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>Sosh4@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="7A88DB45" w14:textId="77777777" w:rsidTr="008D6B32">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75F34998" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="503AE463" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="115B551E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="162"/>
-[...21 lines deleted...]
-              <w:t>функционалдық</w:t>
+              <w:ind w:left="107" w:right="166"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантной или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77DD0DFA" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="766E24DB" w14:textId="25FABD3C" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>информатики</w:t>
+            </w:r>
+            <w:r w:rsidR="00A84295">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с русским языком обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B3E7D" w:rsidRPr="003B3E7D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3E7D">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3E7D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r w:rsidR="003B3E7D" w:rsidRPr="003B3E7D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="23293D38" w14:textId="77777777" w:rsidTr="008D6B32">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="1135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F50CDB1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09EFE13C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="488"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>основные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>функциональные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>міндеттері</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7E588047" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52A07DDB" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108" w:right="106"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>воспитание</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>учетом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>специфики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>преподаваемого</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предмета</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и возраста</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72092A33" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="334"/>
+                <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:ind w:right="103" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>оқытылатын</w:t>
+              <w:t>содействие социализации обучающихся, формированию у них общей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>культуры,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>пәннің</w:t>
+              <w:t>осознанному</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>ерекшелігін</w:t>
+              <w:t>выбору</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>және</w:t>
+              <w:t>ими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>білім</w:t>
+              <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>алушылардың</w:t>
+              <w:t>последующему</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жасын</w:t>
+              <w:t>освоению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>ескере</w:t>
-[...80 lines deleted...]
-          <w:p w14:paraId="243E2D97" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>образовательных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A4D917" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="466"/>
+                <w:tab w:val="left" w:pos="437"/>
               </w:tabs>
-              <w:ind w:right="97" w:firstLine="0"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="103" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>білім</w:t>
+              <w:t>обеспечение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>алушылардың</w:t>
+              <w:t>режима</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>әлеуметтенуіне,</w:t>
+              <w:t>соблюдения</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>олардың</w:t>
+              <w:t>норм</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жалпы</w:t>
+              <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>мәдениетін қалыптастыруға, олардың саналы түрде таңдауына</w:t>
+              <w:t>правил</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне</w:t>
+              <w:t>техники</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>безопасности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жәрдемдесу;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0067AED5" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>учебном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="21EA0AE8" w14:textId="77777777" w:rsidTr="008D6B32">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="001E5C79" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27CE3A3E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="495"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оплаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9D1D6A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
-[...423 lines deleted...]
-                <w:numId w:val="16"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:spacing w:line="268" w:lineRule="exact"/>
-[...108 lines deleted...]
-          <w:p w14:paraId="48F7B134" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:ind w:right="856" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>выплачивается</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>соответствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>со</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7E38E8" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t>арнайы</w:t>
+              <w:ind w:left="247"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>среднее</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>орта</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">(min): </w:t>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образование(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-1"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>845</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="44"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="6156001D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285A0E79" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
               <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="247"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-              <w:rPr>
+              <w:t>130</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>130000</w:t>
+              <w:t>000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="3DAB76F5" w14:textId="77777777" w:rsidTr="008D6B32">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="1783"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB11CAE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>теңге</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="6C1AD2B4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67A6141A" w14:textId="07BFD152" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
-[...32 lines deleted...]
-              <w:t>Педагогтердің үлгілік</w:t>
+              <w:ind w:left="107" w:right="95"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>требования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>утвержденные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационными</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>біліктілік</w:t>
+            <w:r w:rsidR="00CF1CCC">
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>характеристиками</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>сипаттамаларымен</w:t>
-[...46 lines deleted...]
-          <w:p w14:paraId="41426C37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="695E21EE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="339"/>
+                <w:tab w:val="left" w:pos="440"/>
               </w:tabs>
-              <w:ind w:right="97" w:firstLine="0"/>
+              <w:ind w:right="104" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>тиісті</w:t>
+              <w:t>высшее</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>бейін</w:t>
+              <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>(или)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
+              <w:t>послевузовское</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>және</w:t>
+              <w:t>педагогическое</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(немесе)</w:t>
+              <w:t>или</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
+              <w:t>иное</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>оқу</w:t>
+              <w:t>профессиональное образование по соответствующему профилю, без</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі</w:t>
+              <w:t>предъявления</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін</w:t>
+              <w:t>требований</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>бойынша техникалық және кәсіптік педагогикалық білімі болуы</w:t>
-[...15 lines deleted...]
-          <w:p w14:paraId="2C3E412A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>техническое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>профессиональное педагогическое образование по соответствующему</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>без предъявления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>требований к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B48844C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="387"/>
+                <w:tab w:val="left" w:pos="411"/>
               </w:tabs>
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:ind w:right="104" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>және</w:t>
+              <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(немесе)</w:t>
+              <w:t>(или)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>бар</w:t>
+              <w:t>при</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>болған</w:t>
+              <w:t>наличии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жағдайда</w:t>
+              <w:t>высшего</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>біліктілігі</w:t>
+              <w:t>уровня</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
+              <w:t>квалификации</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5</w:t>
+              <w:t>стаж</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жыл.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B56B129" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-мастера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0808337A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="250"/>
+                <w:tab w:val="left" w:pos="262"/>
               </w:tabs>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:right="97" w:firstLine="0"/>
+              <w:ind w:right="101" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін</w:t>
-[...64 lines deleted...]
-              <w:t>4 жыл.</w:t>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагогической работы: для педагога-модератора не менее 2 лет, для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0" w14:paraId="42FDB9CD" w14:textId="77777777">
+      <w:tr w:rsidR="00634804" w14:paraId="5B02FA89" w14:textId="77777777" w:rsidTr="008D6B32">
         <w:trPr>
-          <w:trHeight w:val="553"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1DBCEC37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF7236" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="73BEC056" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63CD8052" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Құжаттарды</w:t>
-[...15 lines deleted...]
-          <w:p w14:paraId="77E59295" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>приема</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC0A99F" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>мерзімі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3D355B56" w14:textId="18A03B10" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43381ED0" w14:textId="10A32FDB" w:rsidR="00634804" w:rsidRPr="00CF1CCC" w:rsidRDefault="00CE5B3D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="68"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
-            <w:r w:rsidR="00875D02">
+            <w:r w:rsidR="00634804">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00AD1D1B">
+            <w:r w:rsidR="004A51C9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00417A97">
+            <w:r w:rsidR="00FD1F7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00875D02">
+            <w:r w:rsidR="00634804">
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00875D02">
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00634804">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00417A97">
+            <w:r w:rsidR="00FD1F7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
-            <w:r w:rsidR="00875D02">
+            <w:r w:rsidR="00634804">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00AD1D1B">
+            <w:r w:rsidR="004A51C9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00417A97">
+            <w:r w:rsidR="00FD1F7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00875D02">
+            <w:r w:rsidR="00634804">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00875D02">
+            <w:r w:rsidR="00CF1CCC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00875D02">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0" w14:paraId="7000664C" w14:textId="77777777">
+      <w:tr w:rsidR="00634804" w14:paraId="3F7285BE" w14:textId="77777777" w:rsidTr="008D6B32">
         <w:trPr>
-          <w:trHeight w:val="4416"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="132" w:type="dxa"/>
+          <w:trHeight w:val="2432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1ACDB2DC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5245F8" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60535D0A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B52F9A9" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="268" w:lineRule="exact"/>
-[...43 lines deleted...]
-          <w:p w14:paraId="0870B127" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="001D3DD2" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:ind w:left="107" w:right="845"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>необходимых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA0A252" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш;</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6648EC6C" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="001D3DD2" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="137FE4D4" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2)</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="16A2E179" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="001D3DD2" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C7A65F8" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – Бар болса);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="01B0AA90" w14:textId="77777777" w:rsidR="0068447C" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA6A379" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>; ;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="718C145A" w14:textId="77777777" w:rsidR="0068447C" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DA44A2" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) еңбек қызметін растайтын құжаттың көшірмесі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бар болса);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="25F5A9D3" w14:textId="77777777" w:rsidR="0068447C" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1587AF14" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="5C80C80F" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="001D3DD2" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11545CE6" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>денсаулық жағдайы туралы анықтама</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5387E16E" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="001D3DD2" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+          <w:p w14:paraId="6C7C93BB" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">7) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Психоневрологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EE02E14" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="001D3DD2" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+          <w:p w14:paraId="023C6546" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="00AD2C10" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">8) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Наркологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="19546513" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="001D3DD2" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6205D71D" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">9) </w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ұлттық біліктілік тестілеу сертификаты</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="55B63908" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00ED4B81" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>для кандидатов на занятие должности педагогов английского</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="151A6595" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">10) </w:t>
-[...19 lines deleted...]
-          <w:p w14:paraId="4AB6CB69" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>языка сертификат о результатах сертификации с пороговым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B7BAC7" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4B81">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кандидаттар үшін пән бойынша шекті деңгейі кемінде 90%</w:t>
-[...484 lines deleted...]
-          <w:p w14:paraId="61A65D60" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>уровнем не менее 90% по предмету или удостоверение о наличии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1385403C" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t> 11) техникалық және кәсіптік, орта білімнен кейінгі білім беру</w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="46590ABC" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>квалификационной категории педагога-модератора или педагога-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79FDEC66" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өндірістік оқыту шеберлері лауазымдарына педагогикалық</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="60FDA67C" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>эксперта, или педагога-исследователя, или педагога-мастера (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D630483" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00512AB1">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>қызметке кіріскен, тиісті мамандық немесе бейін бойынша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7DE8DB3A" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AB0C803" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="000E5691" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00512AB1">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="692F4DC2" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>BT)) – 60 – 65</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF624A8" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сертификаттаудан өтуден босатылады.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="56C6F7E6" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FE92DC0" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12) Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A210607" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>организации технического и профессионального, послесреднего</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8D0E2B" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мен педагогтерін лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4FF0FB5B" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>образования на должности педагогов по специальным дисциплинам имастеров производственного обучения, имеющие стаж работы на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>производстве по соответствующей специальности или профилю не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5165655B" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>қағидаларының 11-қосымшына сәйкес нысан бойынша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6AE7B077" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39EE36D1" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
+            <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагогтің бос немесе уақытша бос лауазымына </w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="5569C056" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00512AB1" w:rsidRDefault="0068447C" w:rsidP="0068447C">
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B9B2D7" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>толтырылған бағалау парағы.</w:t>
-[...93 lines deleted...]
-          <w:p w14:paraId="49B18FC4" w14:textId="0B49898D" w:rsidR="00ED4EC0" w:rsidRPr="0068447C" w:rsidRDefault="00ED4EC0" w:rsidP="0068447C">
+              <w:t>приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="290E9D73" w14:textId="77777777" w:rsidR="008D6B32" w:rsidRPr="0019603D" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9C0B84" w14:textId="30BB193A" w:rsidR="00634804" w:rsidRDefault="008D6B32" w:rsidP="008D6B32">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0" w14:paraId="09BD60B5" w14:textId="77777777">
+      <w:tr w:rsidR="00634804" w14:paraId="61363897" w14:textId="77777777" w:rsidTr="008D6B32">
         <w:trPr>
-          <w:trHeight w:val="551"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="61E8B2E4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6D2B9E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3723BBDB" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2F59F1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="268" w:lineRule="exact"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="70EA9107" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:ind w:left="107" w:right="694"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Срок временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="259A2AAD" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>лауазымының</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="71CABCE4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="000A546B">
+              <w:t>должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2663E433" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
-              <w:ind w:left="168"/>
-[...8 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4133A631" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
-[...1 lines deleted...]
-        <w:spacing w:line="268" w:lineRule="exact"/>
+    <w:p w14:paraId="7825DE4E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="720" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
-        </w:sectPr>
-[...3439 lines deleted...]
-          </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6621"/>
-        <w:gridCol w:w="4099"/>
+        <w:gridCol w:w="5077"/>
+        <w:gridCol w:w="3979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="0BD92C21" w14:textId="77777777" w:rsidTr="001C1A23">
+      <w:tr w:rsidR="003A354E" w:rsidRPr="00AF0289" w14:paraId="0D033534" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5077" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645604C0" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53012532" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DFCDB22" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="186F9DBE" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="00AF0289" w14:paraId="2458064B" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5077" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1CC1B0" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3F66D0" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="00AF0289" w14:paraId="6BC84120" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5077" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF61EB8" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000570E2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объявивший конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7C775D36" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z472"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="0A3FE0AC" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9AEA4B" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051B27DA" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD4792F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B39F99B" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A29A120" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A171F19" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z473"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3410A6B9" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:bookmarkStart w:id="3" w:name="z474"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD8DA39" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0338C6CE" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342F7752" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C015E42" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B89CFCE" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F61D20" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3302"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="00AF0289" w14:paraId="574A4B91" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC8483E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z475"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A88307E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B90D90" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="00AF0289" w14:paraId="35C38555" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5841D610" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70BDFC3A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="438223CC" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72A42425" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0B93E2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D350311" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="28DEE5C6" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z483"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Наличие квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата присвоения (подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="0A2192E2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450C932F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E775CED" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1434A453" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4290CEC8" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4859A533" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6719"/>
+        <w:gridCol w:w="3971"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="00AF0289" w14:paraId="3BEEA7A8" w14:textId="77777777" w:rsidTr="006C2669">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="492DD394" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
+          <w:p w14:paraId="32236780" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1AA1F0" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
+          <w:p w14:paraId="13466867" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1FF52A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="580CF325" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03D8B6B3" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BE5A5DA" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымнан босату </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24187836" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қағидаларына</w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00737FA7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59C86531" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>11-қосымша</w:t>
-[...54 lines deleted...]
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77DEDDC4" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AC102A6" w14:textId="77777777" w:rsidR="0068447C" w:rsidRDefault="0068447C" w:rsidP="0068447C">
-      <w:pPr>
+    <w:p w14:paraId="4DA2B0D2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:sectPr w:rsidR="003A354E" w:rsidSect="003F3465">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75664B7E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706B0D7E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="003B3594" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F18A31" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="003B3594" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4F578A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="003B3594" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">освобождения от должностей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34DE0587" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="003B3594" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4486CEF4" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="003B3594" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BE485A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z186"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EA52C6" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы  ___________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30766AF9" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498F7019" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="0068447C"/>
+    <w:p w14:paraId="49F2924C" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="00AF0289" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E33E27" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD4687D" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B942DF" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9823" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="614"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="524"/>
+        <w:gridCol w:w="2466"/>
+        <w:gridCol w:w="2381"/>
+        <w:gridCol w:w="2993"/>
+        <w:gridCol w:w="2310"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="51BDA598" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="36CB2BE8" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76475F71" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B256AC3" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="557D864B" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...31 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B95C1B7" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B35547C" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="460BE785" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="57F6EC11" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="34F2E723" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="6C17EF49" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B60340E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24B9CF95" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="075D6072" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...68 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2449BCAC" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BD7E25C" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6413AF06" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="622E5D95" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C90641" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="586EFD29" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6601BF62" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="3FC9F347" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="610F2EB7" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D43B7CE" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59EF5671" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD40996" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...42 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A80A5D8" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14672DF5" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="555AC55A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48E2CC71" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1651F420" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="5A87C02A" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="6CE4EDB9" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7FFA13" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA96B58" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3487CA8A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5871D31E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73067A1E" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="21BD0E93" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="5BB98D0B" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="7B2412D8" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2580C79F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5876EA83" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="650F95EE" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...94 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F7AC58" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="359B807D" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299D110E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A4112B" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7633523E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E71A7F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F04B49" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60A2AC51" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1A84FE7F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="68D8A5CC" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="44596467" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31F3D7F7" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72B0DCFE" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="061AFA4F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...42 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="540149E4" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="507C9B93" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="576937E2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="115E470E" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7A91BF00" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="581C639B" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="24F1EBBF" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...10 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="346D9192" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7652D2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="585438C0" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...29 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3211FE42" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77540204" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B5572A8" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6CDE3DB3" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="78508516" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="25FDE70F" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEDD1A1" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11900620" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D47BE2F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...29 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2457F2A2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D03F75C" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20D7226D" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7C355B56" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="6237C034" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="21853CE9" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1895E4D2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="497812DF" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...50 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E78D2E6" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C3F8BE3" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CE63E22" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...70 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37EA80CF" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5C529A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02D9A9C7" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7352E3DF" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DFCE523" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EF5BAF" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09CEEBC6" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6E9D3EF5" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="51EB1F2E" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="62C51564" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7E6C85" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0015F4CD" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="655CFEB7" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...42 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA48CB2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B66474" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A387D2D" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700383FB" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="0426E252" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="42DA5BB4" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="0CF17052" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD2809C" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9CADFF" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48CBFADC" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...68 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5463A0FD" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D23E64D" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3546CA07" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77C12EE7" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4931553E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4697A679" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="04A01926" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="013F23BE" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="35E740C1" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="256E9F08" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD7B3F3" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...121 lines deleted...]
-              <w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="311F340A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="151C3768" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7686471A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1862A4BD" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B56968B" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63DA0898" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E888E9A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D38C8E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C3D890" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5957CFE6" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18CF7E41" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B2B32F7" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="734F2623" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"CELTA</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E770905" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77A1EBD7" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E18DF2" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0F33AF" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3EB84F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TKT</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="403192BB" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teaching Knowledge Test"</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D6D637" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E4E45A" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teacher of English to </w:t>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C1951E0" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4266B78C" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT – International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Speakers of Other Languages (TESOL)</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799C4009" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TESOL"</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5192BA" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in teaching English for young learners</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2676D458" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37BD07AA" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69DBDA79" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32594C5E" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Maths</w:t>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D38805" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C15E170" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Educational Management</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E765351" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
-[...128 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6704CB" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО</w:t>
-[...636 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="472FCCB1" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FCC8057" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33643B82" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="274BC305" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6168818F" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="208553A9" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="71E5CD3C" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="614" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="75F3E568" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...10 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03ABF519" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76E67068" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01734C0F" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F397BBE" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E2BD05F" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="001C1A23">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1B4D0CE1" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068447C" w:rsidRPr="00737FA7" w14:paraId="382CB1B6" w14:textId="77777777" w:rsidTr="001C1A23">
-[...6 lines deleted...]
-            <w:tcW w:w="2027" w:type="dxa"/>
+      <w:tr w:rsidR="003A354E" w:rsidRPr="009E14F0" w14:paraId="71016A6B" w14:textId="77777777" w:rsidTr="006C2669">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...30 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28B4C689" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...29 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A314412" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0D3943" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="095A8733" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="006C2669">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25AA5462" w14:textId="77777777" w:rsidR="0068447C" w:rsidRPr="00737FA7" w:rsidRDefault="0068447C" w:rsidP="0068447C">
-      <w:pPr>
+    <w:p w14:paraId="5E5C823B" w14:textId="77777777" w:rsidR="003A354E" w:rsidRPr="009E14F0" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1273EF19" w14:textId="77777777" w:rsidR="0068447C" w:rsidRDefault="0068447C" w:rsidP="0068447C"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="1DFCF8E9" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE5D691" w14:textId="77777777" w:rsidR="003A354E" w:rsidRDefault="003A354E" w:rsidP="003A354E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="6427" w:right="658" w:hanging="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E0BB0D" w14:textId="77777777" w:rsidR="00CE4BB6" w:rsidRDefault="00CE4BB6" w:rsidP="003A354E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:before="70"/>
-        <w:ind w:left="6003" w:right="559"/>
+        <w:ind w:left="6214" w:right="874" w:firstLine="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E3C5B" w:rsidSect="00A64398">
+    <w:sectPr w:rsidR="00CE4BB6" w:rsidSect="00A56C9D">
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="920" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01EA27B0"/>
-[...230 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04D75BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D64E898"/>
     <w:lvl w:ilvl="0" w:tplc="95BCB918">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="108" w:hanging="140"/>
+        <w:ind w:left="569" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3C3C5298">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="843" w:hanging="140"/>
+        <w:ind w:left="1304" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EB0499E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1586" w:hanging="140"/>
+        <w:ind w:left="2047" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="DC1EEC94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2329" w:hanging="140"/>
+        <w:ind w:left="2790" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A140C130">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3072" w:hanging="140"/>
+        <w:ind w:left="3533" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="095C9204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3816" w:hanging="140"/>
+        <w:ind w:left="4277" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="40FC5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4559" w:hanging="140"/>
+        <w:ind w:left="5020" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9BFA757C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5302" w:hanging="140"/>
+        <w:ind w:left="5763" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A4893A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6045" w:hanging="140"/>
+        <w:ind w:left="6506" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10762A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2196FD7E"/>
     <w:lvl w:ilvl="0" w:tplc="67B29DFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="57C23DF8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E620034C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E4646A4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="614E88A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6512E94C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="AFC45DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0792E254">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69AC78D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18076780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B8D24E"/>
     <w:lvl w:ilvl="0" w:tplc="982C6C04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C6AC66C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B96C0642">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="766EF376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B5CA93DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BA920800">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="688C2B0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2F843C1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80B656FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A644D23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5E8970E"/>
     <w:lvl w:ilvl="0" w:tplc="5950B8EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="96F60AC0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BBCC1442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="86B44E3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F55EBEEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0DFE30B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BE8A655C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D5EEB192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D952C88A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D551BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7E01B12"/>
     <w:lvl w:ilvl="0" w:tplc="F8BC0274">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="69F6980A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E442E7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="857A194E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0E9258D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D2EC5F48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D8A4A576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CDA5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F34F7EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...233 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E07FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4A8060"/>
     <w:lvl w:ilvl="0" w:tplc="7A64C76E">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="368" w:hanging="260"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6068F7FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="75EC55A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A1AA615E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2511" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CADAB442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DF0A402A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3946" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DD3CD1D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4663" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="894A63D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5380" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D75C6B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6097" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...117 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50465C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39886140"/>
     <w:lvl w:ilvl="0" w:tplc="3F842FA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C56C543E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="411C24FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A698837E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FE92ACD2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="85D8329E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2A881856">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DCEA94C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29BA4FB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...465 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76294A87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B73ADD50"/>
     <w:lvl w:ilvl="0" w:tplc="BEB23D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="286"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C201FEA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E00E0D14">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3756712A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B3101E90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DED8A352">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FD2C3E3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="94FAC376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20769ECC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="7"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-[...20 lines deleted...]
-  <w:num w:numId="12">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="14"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00ED4EC0"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00FA7EF9"/>
+    <w:rsidRoot w:val="00744B21"/>
+    <w:rsid w:val="00074EC1"/>
+    <w:rsid w:val="00273194"/>
+    <w:rsid w:val="002938C4"/>
+    <w:rsid w:val="002B1021"/>
+    <w:rsid w:val="003A354E"/>
+    <w:rsid w:val="003B3E7D"/>
+    <w:rsid w:val="003F3465"/>
+    <w:rsid w:val="004A51C9"/>
+    <w:rsid w:val="00634804"/>
+    <w:rsid w:val="00663D88"/>
+    <w:rsid w:val="00744B21"/>
+    <w:rsid w:val="008D6B32"/>
+    <w:rsid w:val="008E437F"/>
+    <w:rsid w:val="009916AA"/>
+    <w:rsid w:val="00A2453D"/>
+    <w:rsid w:val="00A84295"/>
+    <w:rsid w:val="00AC3645"/>
+    <w:rsid w:val="00B00F08"/>
+    <w:rsid w:val="00CE4BB6"/>
+    <w:rsid w:val="00CE5B3D"/>
+    <w:rsid w:val="00CF1CCC"/>
+    <w:rsid w:val="00FD1F7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="76029EB1"/>
-  <w15:docId w15:val="{AD7EA95C-0A44-4E6D-AEA5-0E654ACF4638}"/>
+  <w14:docId w14:val="2C8EEC50"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{332FCE74-CECA-43E5-8E7F-0528D8401BCF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13935,51 +10363,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14048,51 +10476,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -14248,473 +10676,571 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00634804"/>
     <w:pPr>
       <w:ind w:left="344" w:right="559"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00634804"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00634804"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00634804"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00634804"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00634804"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...32 lines deleted...]
-  <w:style w:type="character" w:styleId="a6">
+  <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000F4C74"/>
+    <w:rsid w:val="00273194"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="935985448">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1585</Words>
-  <Characters>9036</Characters>
+  <Words>1735</Words>
+  <Characters>9894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10600</CharactersWithSpaces>
+  <CharactersWithSpaces>11606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>user</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>