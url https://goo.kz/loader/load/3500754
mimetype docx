--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -1,10439 +1,13955 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="7FEF7134" w14:textId="52216754" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
+    <w:p w14:paraId="4506EC02" w14:textId="77777777" w:rsidR="006F0ADC" w:rsidRDefault="00E40435">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="75"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>имени Камала Макпалеева</w:t>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>«Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00575137">
+        <w:t>Камал Макпалеев атындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мектебі»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>КММ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F11F16" w14:textId="59E233AD" w:rsidR="00442683" w:rsidRDefault="006F0ADC" w:rsidP="000C1F1F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">орыс тілінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00853A80">
+        <w:t xml:space="preserve">оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0C46">
+        <w:t xml:space="preserve">орыс тілі және әдебиеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>города</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-57"/>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Павлодара»</w:t>
+        <w:t>лауазымына конкурс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>объявляет</w:t>
-[...8 lines deleted...]
-        <w:t>конкурс</w:t>
+        <w:t>жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2135C0C8" w14:textId="6262D164" w:rsidR="00A84295" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1F5DA056" w14:textId="300B11F4" w:rsidR="00ED4EC0" w:rsidRDefault="00442683" w:rsidP="00442683">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3C9F">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0C46">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE0C46">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE0C46">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DCBE0F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...128 lines deleted...]
-          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="132"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00634804" w14:paraId="0C9C5FF9" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="6115DA2E" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1274684A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="607435D7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D1A744" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="654264A0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="759"/>
-[...22 lines deleted...]
-              <w:t>организации</w:t>
+              <w:ind w:left="107" w:right="318"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>Пошталық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="040AA104" w14:textId="19682BBA" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="3F1B4111" w14:textId="0136B1E9" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="108"/>
-[...34 lines deleted...]
-              <w:t>школа</w:t>
+              <w:ind w:right="258"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>«Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008E437F">
-[...19 lines deleted...]
-          <w:p w14:paraId="26CFCA9B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>КММ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139BF515" w14:textId="73DF3E30" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="atLeast"/>
-[...105 lines deleted...]
-              <w:t>Павлодарской</w:t>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:right="354"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>области</w:t>
+              <w:t>облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>көшесі,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="60D9443C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="0D6D131D" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661A87C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1E5FEF5A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22D6EF13" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="616E24F6" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>местонахождения,</w:t>
-[...28 lines deleted...]
-              <w:t>адреса</w:t>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D610880" w14:textId="3FB351E7" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="598CE654" w14:textId="4DC2E396" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>14001</w:t>
-[...24 lines deleted...]
-              <w:t>Республика</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24F3E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="1D8F9D34" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C82F6E9" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3747050A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A99138B" w14:textId="09327756" w:rsidR="00ED4EC0" w:rsidRDefault="001C2042">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00931795" w:rsidRPr="00C66D07">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:t>sosh4@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="3559CECD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1103"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="298EA856" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DCB9EA" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED53B93" w14:textId="26944A42" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108" w:right="274"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>облысының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>басқармасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бөлімінің</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Казахстан,</w:t>
-[...28 lines deleted...]
-          <w:p w14:paraId="2E8FE1E1" w14:textId="3ACAD88A" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>«Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00931795">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="255B29A8" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-              <w:rPr>
-[...72 lines deleted...]
-              <w:t>58</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="0A26E89C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="24AAE4F7" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="161"/>
+          <w:trHeight w:val="2484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1BA74A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-            <w:pPr>
+          <w:p w14:paraId="515F4DDC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61ED6E2A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="503AE463" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...22 lines deleted...]
-              <w:t>телефонов</w:t>
+              <w:ind w:left="107" w:right="162"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>функционалдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA82882" w14:textId="078A70D9" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="7E588047" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...9 lines deleted...]
-              <w:t>8</w:t>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="334"/>
+              </w:tabs>
+              <w:ind w:right="99" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оқытылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>пәннің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ерекшелігін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жасын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отырып,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тәрбиелеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="243E2D97" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="466"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>әлеуметтенуіне,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мәдениетін қалыптастыруға, олардың саналы түрде таңдауына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жәрдемдесу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0067AED5" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="413"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қауіпсіздік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>техникасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нормалары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(7182)</w:t>
-[...12 lines deleted...]
-              <w:t>22-22-18</w:t>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>режимін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="746230B3" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="52CF0F83" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="11B65302" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4B1EAB6D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9B3F42" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="72A358B3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>адреса</w:t>
+              <w:t>Бос</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>электронной</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50D67E0C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8EBEA3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="264" w:lineRule="exact"/>
-[...9 lines deleted...]
-              <w:t>почты</w:t>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="107" w:right="640"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAE7F9B" w14:textId="54B2FB2F" w:rsidR="00634804" w:rsidRDefault="00F15F46">
+          <w:p w14:paraId="22347DE9" w14:textId="52B7E40E" w:rsidR="00ED4EC0" w:rsidRDefault="00DE0C46">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-            </w:hyperlink>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0C46">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс тілінде оқытатын орыс тілі және әдебиеті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0C46">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0C46">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00053E29">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00053E29">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E06ED" w:rsidRPr="007E06ED">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00053E29" w:rsidRPr="007E06ED">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00053E29" w:rsidRPr="007E06ED">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="7A88DB45" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="3B4F4BC7" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75F34998" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6C92F372" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115B551E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="5C925AF7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="166"/>
-[...8 lines deleted...]
-              <w:t>Наименование</w:t>
+              <w:ind w:left="107" w:right="259"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной или</w:t>
-[...12 lines deleted...]
-              <w:t>временно</w:t>
+              <w:t>мөлшері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной</w:t>
-[...28 lines deleted...]
-              <w:t>нагрузка</w:t>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766E24DB" w14:textId="07967976" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...335 lines deleted...]
-          <w:p w14:paraId="72092A33" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="75B8ADFD" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
-[...427 lines deleted...]
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:right="856" w:firstLine="0"/>
-[...102 lines deleted...]
-          <w:p w14:paraId="7F7E38E8" w14:textId="0A6DE671" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>санатына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F7B134" w14:textId="7FF0A7B0" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:left="247"/>
-[...8 lines deleted...]
-              <w:t>среднее</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>специальное</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(min): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00B44130">
+            <w:r w:rsidRPr="00E40435">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">20 </w:t>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>845</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="57"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="285A0E79" w14:textId="45D51610" w:rsidR="00634804" w:rsidRDefault="00634804">
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6156001D" w14:textId="07A4E400" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
               <w:spacing w:line="264" w:lineRule="exact"/>
-              <w:ind w:left="247"/>
-[...21 lines deleted...]
-              <w:t>образование</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(min):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00B44130">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...14 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>0000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:t>тенге</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="3DAB76F5" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="77D767FA" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="1783"/>
+          <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB11CAE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="6C1AD2B4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A6141A" w14:textId="07BFD152" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="5C12332F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="95"/>
-[...8 lines deleted...]
-              <w:t>Квалификационные</w:t>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>требования,</w:t>
+              <w:t>сипаттамаларымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>предъявляемые к</w:t>
+              <w:t>бекітілген кандидатқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>кандидату,</w:t>
-[...73 lines deleted...]
-              <w:t>педагогов</w:t>
+              <w:t>талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695E21EE" w14:textId="73EA8EA8" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="41426C37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="440"/>
+                <w:tab w:val="left" w:pos="339"/>
               </w:tabs>
-              <w:ind w:right="104" w:firstLine="0"/>
+              <w:ind w:right="97" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>высшее</w:t>
+              <w:t>тиісті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>бейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(или)</w:t>
+              <w:t>бойынша</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>послевузовское</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>педагогическое</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>или</w:t>
+              <w:t>(немесе)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>иное</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>профессиональное образование по соответствующему профилю, без</w:t>
+              <w:t>оқу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>предъявления</w:t>
+              <w:t>орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>требований</w:t>
+              <w:t>немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...119 lines deleted...]
-          <w:p w14:paraId="5B48844C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>бойынша техникалық және кәсіптік педагогикалық білімі болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3E412A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="411"/>
+                <w:tab w:val="left" w:pos="387"/>
               </w:tabs>
-              <w:ind w:right="104" w:firstLine="0"/>
+              <w:ind w:right="99" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(или)</w:t>
+              <w:t>(немесе)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>при</w:t>
+              <w:t>бар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>наличии</w:t>
+              <w:t>болған</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>высшего</w:t>
+              <w:t>жағдайда</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>уровня</w:t>
+              <w:t>біліктілігі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>квалификации</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>стаж</w:t>
+              <w:t>деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>педагогической</w:t>
-[...54 lines deleted...]
-          <w:p w14:paraId="0808337A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B56B129" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="262"/>
+                <w:tab w:val="left" w:pos="250"/>
               </w:tabs>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:right="101" w:firstLine="0"/>
+              <w:ind w:right="97" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж</w:t>
-[...38 lines deleted...]
-              <w:t>лет</w:t>
+              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3 жыл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="5B02FA89" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="42FDB9CD" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF7236" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="1DBCEC37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63CD8052" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="73BEC056" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E59295" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D355B56" w14:textId="46016C1C" w:rsidR="00ED4EC0" w:rsidRDefault="00F630CE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1D1B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00804CA0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00804CA0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1D1B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00804CA0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="7000664C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACDB2DC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60535D0A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Срок</w:t>
+              <w:t>Қажетті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>приема</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5DC0A99F" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34253256" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="001D3DD2" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1208E463" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="001D3DD2" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A2E66F4" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="001D3DD2" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – Бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6130994C" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>; ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2075DFCA" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) еңбек қызметін растайтын құжаттың көшірмесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6517006D" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E7850B5" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="001D3DD2" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28BCF3F1" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="001D3DD2" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E72343" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="001D3DD2" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0540C2D2" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="001D3DD2" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі - ТБЖ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="207EA0F9" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00ED4B81" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағылшын тілі педагогтері лауазымына орналасуға</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34F22A27" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттар үшін пән бойынша шекті деңгейі кемінде 90%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау нәтижелері туралы сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы туралы куәлік (бар болса) немесе Celta сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Delta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – 6,5 балл; немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4947EEC3" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> 11) техникалық және кәсіптік, орта білімнен кейінгі білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында арнайы пәндер бойынша педагогтер және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="679F8B73" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік оқыту шеберлері лауазымдарына педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB5A818" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке кіріскен, тиісті мамандық немесе бейін бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49FEA172" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48846EA7" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өтуден босатылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B95C726" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12) Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C05C569" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен педагогтерін лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6473275B" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларының 11-қосымшына сәйкес нысан бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B9C293" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогтің бос немесе уақытша бос лауазымына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="616A462F" w14:textId="77777777" w:rsidR="00DE0C46" w:rsidRPr="00512AB1" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE81F29" w14:textId="42625A10" w:rsidR="00DE0C46" w:rsidRPr="001C2042" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="372"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="108" w:right="164"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибе жоқ кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейнепрезентациясы кемінде 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2042" w:rsidRPr="001C2042">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="3BE52C7E" w14:textId="77777777" w:rsidTr="00DE0C46">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6410B012" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3F90FB" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE4851F" w14:textId="6D864C03" w:rsidR="00DE0C46" w:rsidRDefault="00DE0C46" w:rsidP="00DE0C46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49B18FC4" w14:textId="05E77889" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="09BD60B5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E8B2E4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3723BBDB" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70EA9107" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>документов</w:t>
+              <w:t>лауазымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43381ED0" w14:textId="7EAFB316" w:rsidR="00634804" w:rsidRPr="00CF1CCC" w:rsidRDefault="0018717D">
+          <w:p w14:paraId="71CABCE4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E40435">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-[...95 lines deleted...]
-              <w:t>4</w:t>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="168"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="3F7285BE" w14:textId="77777777" w:rsidTr="00CF1CCC">
+    </w:tbl>
+    <w:p w14:paraId="4133A631" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:spacing w:line="268" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="720" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C527FF" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:ind w:left="6003" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бірінші басшылары мен педагогтерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға тағайындау, лауазымнан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>босату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109C5E2C" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="6623" w:right="1175"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>қағидаларына 10-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D56D43" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BCD94C7" w14:textId="0FECA923" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24F190D4" wp14:editId="405820BC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>202565</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Полилиния: фигура 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3786D96A" id="Полилиния: фигура 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:15.95pt;width:498pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqrkD/IwMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBshhqN8CIkQJqtPmy+bn5vrkzvx+bu+3nAG0/wf7b9uP2w+YrAlPIW1XK&#10;AI5fl1dCRy7LSx69kaCwDjR6I8EGzasXPAZ4slTc5GqdiEKfhCygtSnJza4kdK1QBB/9ruv5NlQu&#10;Ap3j9kzFLBK0Z6OlVM8oNzhkdSlVXdAYJFOOuIlpBhBJkUNtn3aQjRy71zdLcwF2Zk5r9sRCMxtV&#10;aDDw21uyM3JboxrLsbu/B+u2dhrM3QODABYtRZK2rKM1a2iDhIjuINskquRSJ2gG5NoMAQIY6RD/&#10;YAu+j23rM40LAa1x3BQCI2iKeZ2TkijNTLvQIqpCbHKhPxR8RWfcqNRR6cDJvTZn+1bm+D6rWg0n&#10;tAO4N7VgnGque6VlfJrlualtzjQV3x74JjeS51mslZqNFIv5KBdoRXS7m0cHA2AHZoIvWWzAUkri&#10;SSMrkuW1DPa5yS3cwiYF+j6afn43sAeT/qTvdTzXn3Q8ezzuXExHXsefOr3TcXc8Go2d95qa4wVp&#10;FseUaXbtbHG8v+vdZsrVU2E3XQ6iOAh2ap6HwVqHNEwuIJb2Xee6bdG6p+c8voF2FbweljDcQUi5&#10;uMWogkEZYvl2SQTFKH/OYBINHM/Tk9VsvNOeCxuxr5nvawiLACrECsMF1+JI1dN4WYpskYInx5SV&#10;8QsYE0mm+9nMk5pVs4FhaCJoBreetvt7Y3X/9zL8BQAA//8DAFBLAwQUAAYACAAAACEAdWQcS90A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KidRuInxKlQpXIFUgocnXiJ&#10;I+J1FLtt4OnZnuA4s6PZb8rV7AdxwCn2gTRkCwUCqQ22p07D63ZzdQsiJkPWDIFQwzdGWFXnZ6Up&#10;bDjSCx7q1AkuoVgYDS6lsZAytg69iYswIvHtM0zeJJZTJ+1kjlzuB7lU6lp60xN/cGbEtcP2q957&#10;Dbuw8x/5T74Jrl63b2Pz/PT43ml9eTE/3INIOKe/MJzwGR0qZmrCnmwUA2t1w+hJQ57dgTgFMpWz&#10;07CzzEBWpfw/ofoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6q5A/yMDAACmBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdWQcS90AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="624DCD36" wp14:editId="7F85272E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>403860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Полилиния: фигура 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="02830507" id="Полилиния: фигура 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:31.8pt;width:498pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyYdXAIwMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBshhqB5VipIAabb5sfm6+b+7M78fmbvs5QNtPsP+2/bj9sPmKwBTyVpUy&#10;gOPX5ZXQkcvykkdvJCisA43eSLBB8+oFjwGeLBU3uVonotAnIQtobUpysysJXSsUwUe/63q+DZWL&#10;QOe4PVMxiwTt2Wgp1TPKDQ5ZXUpVFzQGyZQjbmKaAURS5FDbpx1kI8fu9c3SXICdmdOaPbHQzEYV&#10;Ggz89pbsjNzWqMZy7O7vwbqtnQZz98AggEVLkaQt62jNGtogIaI7yDaJKrnUCZoBuTZDgABGOsQ/&#10;2ILvY9v6TONCQGscN4XACJpiXuekJEoz0y60iKoQm1zoDwVf0Rk3KnVUOnByr83ZvpU5vs+qVsMJ&#10;7QDuTS0Yp5rrXmkZn2Z5bmqbM03Ftwe+yY3keRZrpWYjxWI+ygVaEd3u5tHBANiBmeBLFhuwlJJ4&#10;0siKZHktg31ucgu3sEmBvo+mn98N7MGkP+l7Hc/1Jx3PHo87F9OR1/GnTu903B2PRmPnvabmeEGa&#10;xTFlml07Wxzv73q3mXL1VNhNl4MoDoKdmudhsNYhDZMLiKV917luW7Tu6TmPb6BdBa+HJQx3EFIu&#10;bjGqYFCGWL5dEkExyp8zmEQDx/P0ZDUb77Tnwkbsa+b7GsIigAqxwnDBtThS9TReliJbpODJMWVl&#10;/ALGRJLpfjbzpGbVbGAYmgiawa2n7f7eWN3/vQx/AQAA//8DAFBLAwQUAAYACAAAACEAo18z+t0A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdIoUqjVOhSuUKBAocnWQb&#10;R8TrKHbbwNezOdHjzI5m3+SbyfXihGPoPGlYLhQIpNo3HbUa3t92dysQIRpqTO8JNfxggE1xfZWb&#10;rPFnesVTGVvBJRQyo8HGOGRShtqiM2HhByS+HfzoTGQ5trIZzZnLXS/vlUqlMx3xB2sG3Fqsv8uj&#10;07D3e/eV/CY7b8tt/TFUL89Pn63WtzfT4xpExCn+h2HGZ3QomKnyR2qC6FmrB0aPGtIkBTEHliph&#10;p5qdFcgil5cTij8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8mHVwCMDAACmBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAo18z+t0AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D196A5" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8D17A0" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED02D3D" w14:textId="594BA86A" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DC6734C" wp14:editId="60773C28">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Полилиния: фигура 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="598988C0" id="Полилиния: фигура 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7cuNZIwMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBshhq18OIkQJqtPmy+bn5vrkzvx+bu+3nAG0/wf7b9uP2w+YrAlPIW1XK&#10;AI5fl1dCRy7LSx69kaCwDjR6I8EGzasXPAZ4slTc5GqdiEKfhCygtSnJza4kdK1QBB/9ruv5NlQu&#10;Ap3j9kzFLBK0Z6OlVM8oNzhkdSlVXdAYJFOOuIlpBhBJkUNtn3aQjRy71zdLcwF2Zk5r9sRCMxtV&#10;aDDw21uyM3JboxrLsbu/B+u2dhrM3QODABYtRZK2rKM1a2iDhIjuINskquRSJ2gG5NoMAQIY6RD/&#10;YAu+j23rM40LAa1x3BQCI2iKeZ2TkijNTLvQIqpCbHKhPxR8RWfcqNRR6cDJvTZn+1bm+D6rWg0n&#10;tAO4N7VgnGque6VlfJrlualtzjQV3x74JjeS51mslZqNFIv5KBdoRXS7m0cHA2AHZoIvWWzAUkri&#10;SSMrkuW1DPa5yS3cwiYF+j6afn43sAeT/qTvdTzXn3Q8ezzuXExHXsefOr3TcXc8Go2d95qa4wVp&#10;FseUaXbtbHG8v+vdZsrVU2E3XQ6iOAh2ap6HwVqHNEwuIJb2Xee6bdG6p+c8voF2FbweljDcQUi5&#10;uMWogkEZYvl2SQTFKH/OYBINHM/Tk9VsvNOeCxuxr5nvawiLACrECsMF1+JI1dN4WYpskYInx5SV&#10;8QsYE0mm+9nMk5pVs4FhaCJoBreetvt7Y3X/9zL8BQAA//8DAFBLAwQUAAYACAAAACEAHJcHgt0A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidRqIojVOhSuUKhBY4Osk2&#10;jojXUey2ga9nc4LjzI5m3+SbyfXijGPoPGlIFgoEUu2bjloN+7fd3QOIEA01pveEGr4xwKa4vspN&#10;1vgLveK5jK3gEgqZ0WBjHDIpQ23RmbDwAxLfjn50JrIcW9mM5sLlrpdLpe6lMx3xB2sG3Fqsv8qT&#10;03DwB/eZ/qQ7b8tt/T5UL89PH63WtzfT4xpExCn+hWHGZ3QomKnyJ2qC6FmrFaNHDctVAmIOJCpl&#10;p5qdFGSRy/8Til8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO3LjWSMDAACmBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHJcHgt0AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21420CEB" wp14:editId="1DC301D2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Полилиния: фигура 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="44BAF13C" id="Полилиния: фигура 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjvXZmIwMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBshhq52PESAE12nzZ/Nx839yZ34/N3fZzgLafYP9t+3H7YfMVgSnkrSpl&#10;AMevyyuhI5flJY/eSFBYBxq9kWCD5tULHgM8WSpucrVORKFPQhbQ2pTkZlcSulYogo9+1/V8GyoX&#10;gc5xe6ZiFgnas9FSqmeUGxyyupSqLmgMkilH3MQ0A4ikyKG2TzvIRo7d65uluQA7M6c1e2KhmY0q&#10;NBj47S3ZGbmtUY3l2N3fg3VbOw3m7oFBAIuWIklb1tGaNbRBQkR3kG0SVXKpEzQDcm2GAAGMdIh/&#10;sAXfx7b1mcaFgNY4bgqBETTFvM5JSZRmpl1oEVUhNrnQHwq+ojNuVOqodODkXpuzfStzfJ9VrYYT&#10;2gHcm1owTjXXvdIyPs3y3NQ2Z5qKbw98kxvJ8yzWSs1GisV8lAu0IrrdzaODAbADM8GXLDZgKSXx&#10;pJEVyfJaBvvc5BZuYZMCfR9NP78b2INJf9L3Op7rTzqePR53LqYjr+NPnd7puDsejcbOe03N8YI0&#10;i2PKNLt2tjje3/VuM+XqqbCbLgdRHAQ7Nc/DYK1DGiYXEEv7rnPdtmjd03Me30C7Cl4PSxjuIKRc&#10;3GJUwaAMsXy7JIJilD9nMIkGjufpyWo23mnPhY3Y18z3NYRFABViheGCa3Gk6mm8LEW2SMGTY8rK&#10;+AWMiSTT/WzmSc2q2cAwNBE0g1tP2/29sbr/exn+AgAA//8DAFBLAwQUAAYACAAAACEAQw248t0A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdAhRCnApVKldoaAtHJ16S&#10;iHgdxW4b+Ho2JzjO7Gj2TbYcXSeOOITWk4b5TIFAqrxtqdawfVtf3YMI0ZA1nSfU8I0Blvn5WWZS&#10;60+0wWMRa8ElFFKjoYmxT6UMVYPOhJnvkfj26QdnIsuhlnYwJy53nbxW6k460xJ/aEyPqwarr+Lg&#10;NOz8zn0kP8naN8Wq2vfl68vze6315cX49Agi4hj/wjDhMzrkzFT6A9kgOtZqwehRw+3NAsQUmKuE&#10;nXJyHkDmmfw/If8FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI712ZiMDAACmBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQw248t0AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73646E60" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EEB4452" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="405" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A8E9E9" w14:textId="369D5FE8" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DF652D5" wp14:editId="2CE70AFD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6325235" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Полилиния: фигура 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6325235" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9961"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9961"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9961">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1E5A0717" id="Полилиния: фигура 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498.05pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9961,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBax8+NIwMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NE3baNMV6g9C&#10;WmClLQdwE6eJSOxgu00XhIQE7xyBKyDxshKCM7Q3Yuwk3bYLEkJEqjPOjL/5ZsYzPb/YFDlaUyEz&#10;zkLsnNkYURbxOGPLEL+azzoDjKQiLCY5ZzTEN1Tii9HDB+dVGVCXpzyPqUAAwmRQlSFOlSoDy5JR&#10;Sgsiz3hJGSgTLgqiYCuWVixIBehFbrm27VsVF3EpeESlhK+TWolHBj9JaKReJomkCuUhBm7KrMKs&#10;C71ao3MSLAUp0yxqaJB/YFGQjIHTPdSEKIJWIrsHVWSR4JIn6izihcWTJIuoiQGiceyTaK5TUlIT&#10;CyRHlvs0yf8HG71YXwmUxVC7HkaMFFCj7Zftz+337a35/dje7j4HaPcJ9t92H3cftl8RmELeqlIG&#10;cPy6vBI6clle8ui1BIV1pNEbCTZoUT3nMcCTleImV5tEFPokZAFtTElu9iWhG4Ui+Oh33Z7bBWoR&#10;6By3bypmkaA9G62kekq5wSHrS6nqgsYgmXLETUxzKH5S5FDbxx1kI8fuD8zSXIC9mdOaPbLQ3EYV&#10;Gg5959TIbY1qLMfu/h6s29ppMPcADAJYthRJ2rKONqyhDRIiuoNsk6iSS52gOZBrMwQIYKRD/IMt&#10;+D61rc80LgS0xmlTCIygKRZ1uCVRmpl2oUVUhdjkQn8o+JrOuVGpk9KBkzttzg6t4DhU4YBVrYYT&#10;2gHcm1owTjXXg9IyPsvy3NQ2Z5qKbw99kxvJ8yzWSs1GiuVinAu0JrrdzaODAbAjM8FXLDZgKSXx&#10;tJEVyfJaBvvc5BZuYZMCfR9NP78b2sPpYDrwOp7rTzuePZl0nszGXsefOf3epDsZjyfOe03N8YI0&#10;i2PKNLt2tjje3/VuM+XqqbCfLkdRHAU7M8/9YK1jGiYXEEv7rnPdtmjd0wse30C7Cl4PSxjuIKRc&#10;vMWogkEZYvlmRQTFKH/GYBINHc/Tk9VsvF7fhY041CwONYRFABViheGCa3Gs6mm8KkW2TMGTY8rK&#10;+BMYE0mm+9nMk5pVs4FhaCJoBreetod7Y3X39zL6BQAA//8DAFBLAwQUAAYACAAAACEA5vUbA98A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBC100qEhjhVQfSCuFCK4LiN&#10;t0mEfyLbTcLb45zgODujmW/LzWQ0G8iHzlkJ2UIAI1s71dlGwuF9d3sPLES0CrWzJOGHAmyqy4sS&#10;C+VG+0bDPjYsldhQoIQ2xr7gPNQtGQwL15NN3sl5gzFJ33DlcUzlRvOlEHfcYGfTQos9PbVUf+/P&#10;RkLz+Ll77v26+xo/Xm/0YfuSDyeU8vpq2j4AizTFvzDM+AkdqsR0dGerAtNJizyhRwnLPAM2BzKx&#10;WgM7zpcV8Krk/1+ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBax8+NIwMAAKYGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDm9RsD3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAAH0FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAiQYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DD4AFCF" wp14:editId="2953FB3D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Полилиния: фигура 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2DB83C43" id="Полилиния: фигура 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATI10ZIwMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBshhq52HESAE12nzZ/Nx839yZ34/N3fZzgLafYP9t+3H7YfMVgSnkrSpl&#10;AMevyyuhI5flJY/eSFBYBxq9kWCD5tULHgM8WSpucrVORKFPQhbQ2pTkZlcSulYogo9+1/V8GyoX&#10;gc5xe6ZiFgnas9FSqmeUGxyyupSqLmgMkilH3MQ0A4ikyKG2TzvIRo7d65uluQA7M6c1e2KhmY0q&#10;NBj47S3ZGbmtUY3l2N3fg3VbOw3m7oFBAIuWIklb1tGaNbRBQkR3kG0SVXKpEzQDcm2GAAGMdIh/&#10;sAXfx7b1mcaFgNY4bgqBETTFvM5JSZRmpl1oEVUhNrnQHwq+ojNuVOqodODkXpuzfStzfJ9VrYYT&#10;2gHcm1owTjXXvdIyPs3y3NQ2Z5qKbw98kxvJ8yzWSs1GisV8lAu0IrrdzaODAbADM8GXLDZgKSXx&#10;pJEVyfJaBvvc5BZuYZMCfR9NP78b2INJf9L3Op7rTzqePR53LqYjr+NPnd7puDsejcbOe03N8YI0&#10;i2PKNLt2tjje3/VuM+XqqbCbLgdRHAQ7Nc/DYK1DGiYXEEv7rnPdtmjd03Me30C7Cl4PSxjuIKRc&#10;3GJUwaAMsXy7JIJilD9nMIkGjufpyWo23mnPhY3Y18z3NYRFABViheGCa3Gk6mm8LEW2SMGTY8rK&#10;+AWMiSTT/WzmSc2q2cAwNBE0g1tP2/29sbr/exn+AgAA//8DAFBLAwQUAAYACAAAACEAQw248t0A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdAhRCnApVKldoaAtHJ16S&#10;iHgdxW4b+Ho2JzjO7Gj2TbYcXSeOOITWk4b5TIFAqrxtqdawfVtf3YMI0ZA1nSfU8I0Blvn5WWZS&#10;60+0wWMRa8ElFFKjoYmxT6UMVYPOhJnvkfj26QdnIsuhlnYwJy53nbxW6k460xJ/aEyPqwarr+Lg&#10;NOz8zn0kP8naN8Wq2vfl68vze6315cX49Agi4hj/wjDhMzrkzFT6A9kgOtZqwehRw+3NAsQUmKuE&#10;nXJyHkDmmfw/If8FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEyNdGSMDAACmBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQw248t0AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35226DAE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D6847B" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A5151D" w14:textId="12AF7B3F" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="136990E9" wp14:editId="6EFD9E51">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>171450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6325870" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Полилиния: фигура 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6325870" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9962"/>
+                            <a:gd name="T2" fmla="+- 0 11040 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9962"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9962">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9962" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2B24A77B" id="Полилиния: фигура 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498.1pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9962,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDG7UQHIwMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVduK2zAQfS/0H4QeW7K+rDcXs86y5FIK&#10;23Zh0w9QZDk2tSVXUuJsS6HQvvcT+guFviyU9huSP+pItrNJlkIpDcSRPKMz58xoJucX6yJHKyZV&#10;JniEvRMXI8apiDO+iPDr2bTTx0hpwmOSC84ifMsUvhg+fnRelSHzRSrymEkEIFyFVRnhVOsydBxF&#10;U1YQdSJKxsGYCFkQDVu5cGJJKkAvcsd33a5TCRmXUlCmFLwd10Y8tPhJwqh+lSSKaZRHGLhp+5T2&#10;OTdPZ3hOwoUkZZrRhgb5BxYFyTgE3UGNiSZoKbMHUEVGpVAi0SdUFI5IkowyqwHUeO6RmpuUlMxq&#10;geSocpcm9f9g6cvVtURZDLU7xYiTAmq0+br5tfmxubPfn5u77ZcQbT/D/vv20/bj5hsCV8hbVaoQ&#10;jt+U19IoV+WVoG8UGJwDi9ko8EHz6oWIAZ4stbC5WieyMCchC2htS3K7Kwlba0ThZffUP+v3oHIU&#10;bJ4PKxOAhO1ZulT6GRMWh6yulK4LGsPKliNuNM0AIilyqO3TDnKR5/b69tFcgJ2b17o9cdDMRRUa&#10;DLr+sZPfOtVYnhvUiMd+kNE6pgHz98BAwKKlSNKWNV3zhjasEDEd5NpElUKZBM2AXJshQAAnI/EP&#10;vhD72Lc+04SQ0BrHTSExgqaY1zJKog0zE8IsURVhmwvzohArNhPWpI9KB0HurTnf97LH91nVZjhh&#10;Atiy7oIarnul5WKa5bmtbc4Nla476NrcKJFnsTEaNkou5qNcohUx7W4/RgyAHbhJseSxBUsZiSfN&#10;WpMsr9fgn9vcwi1sUmDuo+3n9wN3MOlP+kEn8LuTTuCOx53L6SjodKde72x8Oh6Nxt4HQ80LwjSL&#10;Y8YNu3a2eMHf9W4z5eqpsJsuByoOxE7t56FY55CGzQVoaX+tOtuvpkXrnp6L+BbaVYp6WMJwh0Uq&#10;5DuMKhiUEVZvl0QyjPLnHCbRwAsCM1ntJjjr+bCR+5b5voVwClAR1hguuFmOdD2Nl6XMFilE8mxZ&#10;ubiEMZFkpp8tv5pVs4FhaBU0g9tM2/299br/exn+BgAA//8DAFBLAwQUAAYACAAAACEA4a0exd0A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+h2ZMvLkFoosiZbPReNFsoujBY6Ej&#10;EOmUtF0W/73DSW/zZl7efK/cLXYUM/owOFKQbhIQSK0zA3UKPt6frm5BhKjJ6NERKvjBALvq/KzU&#10;hXEnesO5jp3gEAqFVtDHOBVShrZHq8PGTUh8+3Le6sjSd9J4feJwO8osSbbS6oH4Q68nfOix/a6P&#10;VoF0+/zOHrqtPzzH+bF+ffm8SRulLi+W/T2IiEv8M8OKz+hQMVPjjmSCGFknOaNHBVnOnVZDmlzz&#10;1KybDGRVyv8Vql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxu1EByMDAACmBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4a0exd0AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9962,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6325870,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C27B661" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="344" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8C6D98" w14:textId="36F300D3" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53E90619" wp14:editId="6725F9F4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Полилиния: фигура 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="49869731" id="Полилиния: фигура 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDgSGYIgMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NKRttOlq1W4R&#10;0gIrbTmAmzhNRGIH2226ICQkeOcIXAGJl5UQnKG9EWMn6aZdkBCiUtNxZvz5m28809OzTZGjNRUy&#10;4yzEzomNEWURjzO2DPGr+aw3xEgqwmKSc0ZDfEMlPhs/fHBalQF1ecrzmAoEIEwGVRniVKkysCwZ&#10;pbQg8oSXlIEz4aIgCpZiacWCVIBe5JZr275VcRGXgkdUSng7rZ14bPCThEbqZZJIqlAeYuCmzFOY&#10;50I/rfEpCZaClGkWNTTIP7AoSMbg0D3UlCiCViK7B1VkkeCSJ+ok4oXFkySLqMkBsnHso2yuU1JS&#10;kwuII8u9TPL/wUYv1lcCZTHUzsWIkQJqtP2y/bn9vr013x/b293nAO0+wfrb7uPuw/YrglDQrSpl&#10;ANuvyyuhM5flJY9eS3BYBx69kBCDFtVzHgM8WSlutNokotA7QQW0MSW52ZeEbhSK4KXfdz3fhspF&#10;4HPcgamYRYJ2b7SS6inlBoesL6WqCxqDZcoRNznNASIpcqjt4x6ykWMPhubRXIB9mNOGPbLQ3EYV&#10;Go389pbsg0CpLpZj938P1m/jNJjbAYMEli1Fkrasow1raIOFiO4g2whVcqkFmgO5ViFAgCCd4h9i&#10;4ezj2HpPc4SA1jhuCoERNMWi1qQkSjPTR2gTVSE2WugXBV/TOTcudVQ6OOTOm7NulNneZVW7YYc+&#10;AO5NbZhDNddOaRmfZXluapszTcW3R77RRvI8i7VTs5FiuZjkAq2Jbnfz0ckA2EGY4CsWG7CUkvii&#10;sRXJ8tqG+NxoC7ewkUDfR9PP70b26GJ4MfR6nutf9Dx7Ou2dzyZez585gyfT/nQymTrvNTXHC9Is&#10;jinT7NrZ4nh/17vNlKunwn66HGRxkOzMfO4nax3SMFpALu1vrXXbonVPL3h8A+0qeD0sYbiDkXLx&#10;FqMKBmWI5ZsVERSj/BmDSTRyPE9PVrPwngxcWIiuZ9H1EBYBVIgVhguuzYmqp/GqFNkyhZMcU1bG&#10;z2FMJJnuZzNPalbNAoahyaAZ3Hradtcm6u7vZfwLAAD//wMAUEsDBBQABgAIAAAAIQAclweC3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ1GoiiNU6FK5QqEFjg6yTaO&#10;iNdR7LaBr2dzguPMjmbf5JvJ9eKMY+g8aUgWCgRS7ZuOWg37t93dA4gQDTWm94QavjHApri+yk3W&#10;+Au94rmMreASCpnRYGMcMilDbdGZsPADEt+OfnQmshxb2YzmwuWul0ul7qUzHfEHawbcWqy/ypPT&#10;cPAH95n+pDtvy239PlQvz08frda3N9PjGkTEKf6FYcZndCiYqfInaoLoWasVo0cNy1UCYg4kKmWn&#10;mp0UZJHL/xOKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDgSGYIgMAAKYGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAclweC3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58554F90" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BDA1E01" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BDEC45" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2574"/>
+          <w:tab w:val="left" w:pos="10231"/>
+          <w:tab w:val="left" w:pos="10306"/>
+        </w:tabs>
+        <w:spacing w:before="34"/>
+        <w:ind w:left="217" w:right="377" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> бос/уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(керегінің астын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>керек)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661E0016" w14:textId="2C536D58" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D9BC38D" wp14:editId="07D5B37D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>171450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Полилиния: фигура 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="330E3DF5" id="Полилиния: фигура 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBr0J/YJAMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISk3HmfHnb77xTM/O10WOVlTI&#10;jLMQOyc2RpRFPM7YIsSvZ9NOHyOpCItJzhkN8Q2V+Hz4+NFZVQbU5SnPYyoQgDAZVGWIU6XKwLJk&#10;lNKCyBNeUgbOhIuCKFiKhRULUgF6kVuubftWxUVcCh5RKeHtuHbiocFPEhqpV0kiqUJ5iIGbMk9h&#10;nnP9tIZnJFgIUqZZ1NAg/8CiIBmDQ3dQY6IIWorsAVSRRYJLnqiTiBcWT5IsoiYHyMaxj7K5TklJ&#10;TS4gjix3Msn/Bxu9XF0JlMVQOwcjRgqo0ebL5ufm++bOfH9s7rafA7T9BOtv24/bD5uvCEJBt6qU&#10;AWy/Lq+EzlyWlzx6I8FhHXj0QkIMmlcveAzwZKm40WqdiELvBBXQ2pTkZlcSulYogpd+1/V8GyoX&#10;gc9xe6ZiFgnavdFSqmeUGxyyupSqLmgMlilH3OQ0A4ikyKG2TzvIRo7d65tHcwF2YSBCHfbEQjMb&#10;VWgw8Ntbsgty26Aay7G7vwfrtnEazN0DgwQWLUWStqyjNWtog4WI7iDbCFVyqQWaAblWIUCAIJ3i&#10;H2Lh7OPYek9zhIDWOG4KgRE0xbzWpCRKM9NHaBNVITZa6BcFX9EZNy51VDo45N6bs/0os32fVe2G&#10;HfoAuDe1YQ7VXPdKy/g0y3NT25xpKr498I02kudZrJ2ajRSL+SgXaEV0u5uPTgbADsIEX7LYgKWU&#10;xJPGViTLaxvic6Mt3MJGAn0fTT+/G9iDSX/S9zqe6086nj0edy6mI6/jT53e6bg7Ho3GzntNzfGC&#10;NItjyjS7drY43t/1bjPl6qmwmy4HWRwkOzWfh8lahzSMFpBL+1tr3bZo3dNzHt9AuwpeD0sY7mCk&#10;XNxiVMGgDLF8uySCYpQ/ZzCJBo7n6clqFt5pz4WF2PfM9z2ERQAVYoXhgmtzpOppvCxFtkjhJMeU&#10;lfELGBNJpvvZzJOaVbOAYWgyaAa3nrb7axN1//cy/AUAAP//AwBQSwMEFAAGAAgAAAAhAFsAFdXc&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3USiKI1ToUrlCoQWODrJ&#10;No6I11HstoGvZ3OC48yOZt/km8n14oxj6DxpWC4UCKTaNx21GvZvu7sHECEaakzvCTV8Y4BNcX2V&#10;m6zxF3rFcxlbwSUUMqPBxjhkUobaojNh4Qckvh396ExkObayGc2Fy10vE6XupTMd8QdrBtxarL/K&#10;k9Nw8Af3mf6kO2/Lbf0+VC/PTx+t1rc30+MaRMQp/oVhxmd0KJip8idqguhZqxWjRw3JijfNgaVK&#10;2almJwFZ5PL/hOIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAa9Cf2CQDAACmBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWwAV1dwAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB+BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F630D9" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="340" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABCBB0B" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2560500B" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="926"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEB6E90" w14:textId="63265792" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BA9C33A" wp14:editId="50F1B129">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="10" name="Полилиния: фигура 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="161D9752" id="Полилиния: фигура 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzHwrnIgMAAKYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISk3tzPibb77xTM/O10WOVlTI&#10;jLMQOyc2RpRFPM7YIsSvZ9NOHyOpCItJzhkN8Q2V+Hz4+NFZVQbU5SnPYyoQgDAZVGWIU6XKwLJk&#10;lNKCyBNeUgbGhIuCKNiKhRULUgF6kVuubftWxUVcCh5RKeHtuDbiocFPEhqpV0kiqUJ5iIGbMk9h&#10;nnP9tIZnJFgIUqZZ1NAg/8CiIBmDoDuoMVEELUX2AKrIIsElT9RJxAuLJ0kWUZMDZOPYR9lcp6Sk&#10;JhcQR5Y7meT/g41erq4EymKoHcjDSAE12nzZ/Nx839yZ74/N3fZzgLafYP9t+3H7YfMVgSvoVpUy&#10;gOPX5ZXQmcvykkdvJBisA4veSPBB8+oFjwGeLBU3Wq0TUeiToAJam5Lc7EpC1wpF8NLvup5vA7UI&#10;bI7bM5EtErRno6VUzyg3OGR1KVVd0BhWphxxk9MMIJIih9o+7SAbMuj1zaO5ADs3p3V7YqGZjSo0&#10;GPjtLdk5ua1TjeXY3d+DdVs/DebugUECi5YiSVvW0Zo1tGGFiO4g2whVcqkFmgG5ViFAACed4h98&#10;Ifaxb32mCSGgNY6bQmAETTGvNSmJ0sx0CL1EVYiNFvpFwVd0xo1JHZUOgtxbc7bvZY7vs6rNcEIH&#10;gHtTL0xQzXWvtIxPszw3tc2ZpuLbA99oI3mexdqo2UixmI9ygVZEt7v56GQA7MBN8CWLDVhKSTxp&#10;1opkeb0G/9xoC7ewkUDfR9PP7wb2YNKf9L2O5/qTjmePx52L6cjr+FOndzrujkejsfNeU3O8IM3i&#10;mDLNrp0tjvd3vdtMuXoq7KbLQRYHyU7N52Gy1iENowXk0v7WWrctWvf0nMc30K6C18MShjssUi5u&#10;MapgUIZYvl0SQTHKnzOYRAPH8/RkNRvvtOfCRuxb5vsWwiKACrHCcMH1cqTqabwsRbZIIZJjysr4&#10;BYyJJNP9bOZJzarZwDA0GTSDW0/b/b3xuv97Gf4CAAD//wMAUEsDBBQABgAIAAAAIQAclweC3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ1GoiiNU6FK5QqEFjg6yTaO&#10;iNdR7LaBr2dzguPMjmbf5JvJ9eKMY+g8aUgWCgRS7ZuOWg37t93dA4gQDTWm94QavjHApri+yk3W&#10;+Au94rmMreASCpnRYGMcMilDbdGZsPADEt+OfnQmshxb2YzmwuWul0ul7qUzHfEHawbcWqy/ypPT&#10;cPAH95n+pDtvy239PlQvz08frda3N9PjGkTEKf6FYcZndCiYqfInaoLoWasVo0cNy1UCYg4kKmWn&#10;mp0UZJHL/xOKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBzHwrnIgMAAKYGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAclweC3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AB35B17" wp14:editId="20C3EFE5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6325870" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="9" name="Полилиния: фигура 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6325870" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9962"/>
+                            <a:gd name="T2" fmla="+- 0 11040 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9962"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9962">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9962" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5F47A182" id="Полилиния: фигура 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498.1pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9962,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoEm2wIQMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVd2K00AUvhd8h2EulW5+Nps2YdNl6Y8I&#10;qy5sfYBpMmmCyUycmTZdRRD03kfwFQRvFkSfoX0jz0ySbttFELHQdCbnzHe+75w5p+cX67JAKypk&#10;zlmEnRMbI8pinuRsEeHXs2lvgJFUhCWk4IxG+JZKfDF8/Oi8rkLq8owXCRUIQJgM6yrCmVJVaFky&#10;zmhJ5AmvKANjykVJFGzFwkoEqQG9LCzXtn2r5iKpBI+plPB23Bjx0OCnKY3VqzSVVKEiwsBNmacw&#10;z7l+WsNzEi4EqbI8bmmQf2BRkpxB0B3UmCiCliJ/AFXmseCSp+ok5qXF0zSPqdEAahz7SM1NRipq&#10;tEByZLVLk/x/sPHL1bVAeRLhACNGSijR5uvm1+bH5s58f27utl9CtP0M++/bT9uPm28o0FmrKxnC&#10;4ZvqWmjdsrri8RsJBuvAojcSfNC8fsETQCdLxU2m1qko9UnIAVqbgtzuCkLXCsXw0j91zwZ9qFsM&#10;NseFlQ5Awu5svJTqGeUGh6yupGrKmcDKFCNpJc0AIi0LqOzTHrKRY/cH5tGWf+fmdG5PLDSzUY2C&#10;wHePndzOqcFybK9BPPY77fw0mLsHBgIWHUWSdazjNWtpwwoR3T+2SVTFpU7QDMh1GQIEcNIS/+AL&#10;sY99mzNtCAGNcdwSAiNoiXkjoyJKM9Mh9BLVcEF0LvSLkq/ojBuTOiodBLm3FmzfyxzfZ9WY4YQO&#10;YMq6C6q57pWW8WleFKa2BdNUfDvwDRXJizzRRs1GisV8VAi0IrrZzUeLAbADN8GXLDFgGSXJpF0r&#10;khfNGvwLk1u4hW0K9H003fw+sIPJYDLwep7rT3qePR73Lqcjr+dPnf7Z+HQ8Go2dD5qa44VZniSU&#10;aXbdZHG8v+vcdsY1M2E3Ww5UHIidms9DsdYhDZML0NL9GnWmX3WLNj0958kttKvgzaiE0Q6LjIt3&#10;GNUwJiMs3y6JoBgVzxnMocDxPD1XzcY767uwEfuW+b6FsBigIqwwXHC9HKlmFi8rkS8yiOSYsjJ+&#10;CWMizXU/G34Nq3YDo9AoaMe2nrX7e+N1/+cy/A0AAP//AwBQSwMEFAAGAAgAAAAhAPmgs+LeAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHdQ2NMSpKhAXUCUIHDg68ZJE&#10;xOsodtPw92xOcJzZ0eybfD+7Xkw4hs6ThmSlQCDV3nbUaPh4f7q5AxGiIWt6T6jhBwPsi8uL3GTW&#10;n+kNpzI2gksoZEZDG+OQSRnqFp0JKz8g8e3Lj85ElmMj7WjOXO56eavUVjrTEX9ozYAPLdbf5clp&#10;kP6Q7tyx2Y7H5zg9lq8vn5uk0vr6aj7cg4g4x78wLPiMDgUzVf5ENoietUoZPWrYrFMQSyBRa15X&#10;Lc4OZJHL/xOKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDoEm2wIQMAAKQGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD5oLPi3gAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHsFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9962,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6325870,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FD8FD6" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E83D297" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="887" w:right="401"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2232E07F" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14DB2282" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="9"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="222" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3263"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="2979"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00064BA3" w14:paraId="6BAE58C9" w14:textId="77777777" w:rsidTr="00924841">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="2432"/>
+          <w:trHeight w:val="1103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5245F8" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="35C79BCF" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+              <w:ind w:left="285" w:right="169" w:firstLine="472"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B13216" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="189" w:right="169" w:firstLine="281"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B52F9A9" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="39DB4052" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="845"/>
-[...34 lines deleted...]
-              <w:t>документов</w:t>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="590"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17000845" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
-[...959 lines deleted...]
-          <w:p w14:paraId="2A9C0B84" w14:textId="29143D63" w:rsidR="00634804" w:rsidRDefault="00B44130" w:rsidP="00B44130">
+          <w:p w14:paraId="2B3F6AD3" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:numPr>
-[...28 lines deleted...]
-              <w:t>.</w:t>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="232"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF1DCBF" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="892" w:right="553" w:hanging="320"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="5B950852" w14:textId="77777777" w:rsidTr="00B44130">
+      <w:tr w:rsidR="00064BA3" w14:paraId="3542E13B" w14:textId="77777777" w:rsidTr="00924841">
         <w:trPr>
-          <w:trHeight w:val="132"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B458BB" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="1A910936" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2383" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05BCDE5F" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="491B2F90" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7542" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D601F14" w14:textId="0883C8B3" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00B44130">
+          <w:p w14:paraId="32FC8413" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...44 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2383" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2F59F1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="1C63A1CC" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="694"/>
-[...67 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7825DE4E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
+    <w:p w14:paraId="61C77145" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B513FEE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10148"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>күні):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370E5B76" w14:textId="52B9EC2C" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DBA6515" wp14:editId="0C87D9C4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172720</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="8" name="Полилиния: фигура 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="534BD0E9" id="Полилиния: фигура 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.6pt;width:498pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLb7PmIgMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBsjjEUChGCijR5svm5+b75s78fmzutp8DtP0E+2/bj9sPm6+or7NWlTKA&#10;w9flldBxy/KSR28kKKwDjd5IsEHz6gWPAZ0sFTeZWiei0CchB2htCnKzKwhdKxTBR7/rer4NdYtA&#10;57g9Uy+LBO3ZaCnVM8oNDlldSlWXMwbJFCNuQpoBRFLkUNmnHWQjx+71zdKUf2fmtGZPLDSzUYUG&#10;A7+9IzsjtzWqsRy7+3uwbmunwdw9MAhg0VIkacs6WrOGNkiI6P6xTaJKLnWCZkCuzRAggJEO8Q+2&#10;4PvYtj7TuBDQGMctITCClpjXOSmJ0sy0Cy2iKsQmF/pDwVd0xo1KHZUOnNxrc7ZvZY7vs6rVcEI7&#10;gHtTC8ap5rpXWsanWZ6b2uZMU/HtgW9yI3mexVqp2UixmI9ygVZEN7t5dDAAdmAm+JLFBiylJJ40&#10;siJZXstgn5vcwi1sUqDvo+nmdwN7MOlP+l7Hc/1Jx7PH487FdOR1/KnTOx13x6PR2HmvqTlekGZx&#10;TJlm104Wx/u7zm1mXD0TdrPlIIqDYKfmeRisdUjD5AJiad91rtsWrXt6zuMbaFfB61EJox2ElItb&#10;jCoYkyGWb5dEUIzy5wzm0MDxPD1XzcY77bmwEfua+b6GsAigQqwwXHAtjlQ9i5elyBYpeHJMWRm/&#10;gDGRZLqfzTypWTUbGIUmgmZs61m7vzdW938uw18AAAD//wMAUEsDBBQABgAIAAAAIQA3I1iS3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0EUZTGqVClcgUChR6dZIkj&#10;4nUUu23g69mc4Dizo9k3+WZyvTjhGDpPGpYLBQKp9k1HrYa3193NPYgQDTWm94QavjHApri8yE3W&#10;+DO94KmMreASCpnRYGMcMilDbdGZsPADEt8+/ehMZDm2shnNmctdLxOl7qQzHfEHawbcWqy/yqPT&#10;sPd7d0h/0p235bZ+H6rnp8ePVuvrq+lhDSLiFP/CMOMzOhTMVPkjNUH0rNWK0aOGZJWAmANLlbJT&#10;zc4tyCKX/ycUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBLb7PmIgMAAKQGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3I1iS3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD79B14" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10179"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3665269B" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10268"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6186E811" w14:textId="0D09C46B" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52C4CDC4" wp14:editId="0C53FC7B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="7" name="Полилиния: фигура 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="532D0943" id="Полилиния: фигура 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGl1qVIgMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBsjjEPYwYKaBEmy+bn5vvmzvz+7G5234O0PYT7L9tP24/bL6ins5aVcoA&#10;Dl+XV0LHLctLHr2RoLAONHojwQbNqxc8BnSyVNxkap2IQp+EHKC1KcjNriB0rVAEH/2u6/k21C0C&#10;neP2TL0sErRno6VUzyg3OGR1KVVdzhgkU4y4CWkGEEmRQ2WfdpCNHLvXN0tT/p2Z05o9sdDMRhUa&#10;DPz2juyM3NaoxnLs7u/Buq2dBnP3wCCARUuRpC3raM0a2iAhovvHNokqudQJmgG5NkOAAEY6xD/Y&#10;gu9j2/pM40JAYxy3hMAIWmJe56QkSjPTLrSIqhCbXOgPBV/RGTcqdVQ6cHKvzdm+lTm+z6pWwwnt&#10;AO5NLRinmuteaRmfZnluapszTcW3B77JjeR5FmulZiPFYj7KBVoR3ezm0cEA2IGZ4EsWG7CUknjS&#10;yIpkeS2DfW5yC7ewSYG+j6ab3w3swaQ/6Xsdz/UnHc8ejzsX05HX8adO73TcHY9GY+e9puZ4QZrF&#10;MWWaXTtZHO/vOreZcfVM2M2WgygOgp2a52Gw1iENkwuIpX3XuW5btO7pOY9voF0Fr0cljHYQUi5u&#10;MapgTIZYvl0SQTHKnzOYQwPH8/RcNRvvtOfCRuxr5vsawiKACrHCcMG1OFL1LF6WIluk4MkxZWX8&#10;AsZEkul+NvOkZtVsYBSaCJqxrWft/t5Y3f+5DH8BAAD//wMAUEsDBBQABgAIAAAAIQAclweC3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ1GoiiNU6FK5QqEFjg6yTaO&#10;iNdR7LaBr2dzguPMjmbf5JvJ9eKMY+g8aUgWCgRS7ZuOWg37t93dA4gQDTWm94QavjHApri+yk3W&#10;+Au94rmMreASCpnRYGMcMilDbdGZsPADEt+OfnQmshxb2YzmwuWul0ul7qUzHfEHawbcWqy/ypPT&#10;cPAH95n+pDtvy239PlQvz08frda3N9PjGkTEKf6FYcZndCiYqfInaoLoWasVo0cNy1UCYg4kKmWn&#10;mp0UZJHL/xOKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDGl1qVIgMAAKQGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAclweC3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6316AAB3" wp14:editId="689B6317">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347980</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Полилиния: фигура 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7396C3BF" id="Полилиния: фигура 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.4pt;width:498pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4SXRjIgMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBsjjEPkaMFFCizZfNz833zZ35/djcbT8HaPsJ9t+2H7cfNl+Rr7NWlTKA&#10;w9flldBxy/KSR28kKKwDjd5IsEHz6gWPAZ0sFTeZWiei0CchB2htCnKzKwhdKxTBR7/rer4NdYtA&#10;57g9Uy+LBO3ZaCnVM8oNDlldSlWXMwbJFCNuQpoBRFLkUNmnHWQjx+71zdKUf2fmtGZPLDSzUYUG&#10;A7+9IzsjtzWqsRy7+3uwbmunwdw9MAhg0VIkacs6WrOGNkiI6P6xTaJKLnWCZkCuzRAggJEO8Q+2&#10;4PvYtj7TuBDQGMctITCClpjXOSmJ0sy0Cy2iKsQmF/pDwVd0xo1KHZUOnNxrc7ZvZY7vs6rVcEI7&#10;gHtTC8ap5rpXWsanWZ6b2uZMU/HtgW9yI3mexVqp2UixmI9ygVZEN7t5dDAAdmAm+JLFBiylJJ40&#10;siJZXstgn5vcwi1sUqDvo+nmdwN7MOlP+l7Hc/1Jx7PH487FdOR1/KnTOx13x6PR2HmvqTlekGZx&#10;TJlm104Wx/u7zm1mXD0TdrPlIIqDYKfmeRisdUjD5AJiad91rtsWrXt6zuMbaFfB61EJox2ElItb&#10;jCoYkyGWb5dEUIzy5wzm0MDxPD1XzcY77bmwEfua+b6GsAigQqwwXHAtjlQ9i5elyBYpeHJMWRm/&#10;gDGRZLqfzTypWTUbGIUmgmZs61m7vzdW938uw18AAAD//wMAUEsDBBQABgAIAAAAIQB5bwih3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWDLKAJWmE5o0rkBhG8e0MU1F&#10;41RNthV+Pd4JTvazn54/F8vJ9+KAY+wCaZjPFAikJtiOWg3vb+urexAxGbKmD4QavjHCsjw/K0xu&#10;w5Fe8VClVnAIxdxocCkNuZSxcehNnIUBiXefYfQmsRxbaUdz5HDfy2ulbqU3HfEFZwZcOWy+qr3X&#10;sAkb/5H9ZOvgqlWzHeqX56ddq/XlxfT4ACLhlP7McMJndCiZqQ57slH0rNUdoycNixuuJ8NcZdzV&#10;PFkokGUh/79Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4SXRjIgMAAKQGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB5bwih3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F81B343" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DC6D812" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10222"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505C165C" w14:textId="2AAF2C3C" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="779F6E57" wp14:editId="63255809">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="5" name="Полилиния: фигура 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="463DE7C1" id="Полилиния: фигура 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7LXaiIgMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NE3baNMV6g9C&#10;WmClLQdwE6eJSOxgu00XhIQE7xyBKyDxshKCM7Q3Yuwk3bYLEkJEqjPOjL/5ZsYzPb/YFDlaUyEz&#10;zkLsnNkYURbxOGPLEL+azzoDjKQiLCY5ZzTEN1Tii9HDB+dVGVCXpzyPqUAAwmRQlSFOlSoDy5JR&#10;Sgsiz3hJGSgTLgqiYCuWVixIBehFbrm27VsVF3EpeESlhK+TWolHBj9JaKReJomkCuUhBm7KrMKs&#10;C71ao3MSLAUp0yxqaJB/YFGQjIHTPdSEKIJWIrsHVWSR4JIn6izihcWTJIuoiQGiceyTaK5TUlIT&#10;CyRHlvs0yf8HG71YXwmUxSHuYcRIASXaftn+3H7f3prfj+3t7nOAdp9g/233cfdh+xX1dNaqUgZw&#10;+Lq8EjpuWV7y6LUEhXWk0RsJNmhRPecxoJOV4iZTm0QU+iTkAG1MQW72BaEbhSL46Hddz7ehbhHo&#10;HLdv6mWRoD0braR6SrnBIetLqepyxiCZYsRNSHOASIocKvu4g2zk2P2BWZry782c1uyRheY2qtBw&#10;6Ld3ZG/ktkY1lmN3fw/Wbe00mHsABgEsW4okbVlHG9bQBgkR3T+2SVTJpU7QHMi1GQIEMNIh/sEW&#10;fJ/a1mcaFwIa47QlBEbQEos6JyVRmpl2oUVUhdjkQn8o+JrOuVGpk9KBkzttzg6tzPFDVrUaTmgH&#10;cG9qwTjVXA9Ky/gsy3NT25xpKr499E1uJM+zWCs1GymWi3Eu0JroZjePDgbAjswEX7HYgKWUxNNG&#10;ViTLaxnsc5NbuIVNCvR9NN38bmgPp4PpwOt4rj/tePZk0nkyG3sdf+b0e5PuZDyeOO81NccL0iyO&#10;KdPs2snieH/Xuc2Mq2fCfrYcRXEU7Mw894O1jmmYXEAs7bvOdduidU8veHwD7Sp4PSphtIOQcvEW&#10;owrGZIjlmxURFKP8GYM5NHQ8T89Vs/F6fRc24lCzONQQFgFUiBWGC67Fsapn8aoU2TIFT44pK+NP&#10;YEwkme5nM09qVs0GRqGJoBnbetYe7o3V3Z/L6BcAAAD//wMAUEsDBBQABgAIAAAAIQAclweC3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ1GoiiNU6FK5QqEFjg6yTaO&#10;iNdR7LaBr2dzguPMjmbf5JvJ9eKMY+g8aUgWCgRS7ZuOWg37t93dA4gQDTWm94QavjHApri+yk3W&#10;+Au94rmMreASCpnRYGMcMilDbdGZsPADEt+OfnQmshxb2YzmwuWul0ul7qUzHfEHawbcWqy/ypPT&#10;cPAH95n+pDtvy239PlQvz08frda3N9PjGkTEKf6FYcZndCiYqfInaoLoWasVo0cNy1UCYg4kKmWn&#10;mp0UZJHL/xOKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD7LXaiIgMAAKQGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAclweC3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A58ED3A" wp14:editId="1C2A7885">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Полилиния: фигура 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="46468E5F" id="Полилиния: фигура 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDF81hUIgMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmInRMbI8oiHmdsEeLXs2mnj5FUhMUk54yG+IZKfD58/OisKgPq8pTnMRUIQJgMqjLEqVJlYFky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3Xtn2r4iIuBY+olPB1XCvx0OAnCY3UqySRVKE8xMBNmVWY&#10;da5Xa3hGgoUgZZpFDQ3yDywKkjFwuoMaE0XQUmQPoIosElzyRJ1EvLB4kmQRNTFANI59FM11Skpq&#10;YoHkyHKXJvn/YKOXqyuBsjjEHkaMFFCizZfNz833zZ35/djcbT8HaPsJ9t+2H7cfNl+Rp7NWlTKA&#10;w9flldBxy/KSR28kKKwDjd5IsEHz6gWPAZ0sFTeZWiei0CchB2htCnKzKwhdKxTBR7/rer4NdYtA&#10;57g9Uy+LBO3ZaCnVM8oNDlldSlWXMwbJFCNuQpoBRFLkUNmnHWQjx+71zdKUf2fmtGZPLDSzUYUG&#10;A7+9IzsjtzWqsRy7+3uwbmunwdw9MAhg0VIkacs6WrOGNkiI6P6xTaJKLnWCZkCuzRAggJEO8Q+2&#10;4PvYtj7TuBDQGMctITCClpjXOSmJ0sy0Cy2iKsQmF/pDwVd0xo1KHZUOnNxrc7ZvZY7vs6rVcEI7&#10;gHtTC8ap5rpXWsanWZ6b2uZMU/HtgW9yI3mexVqp2UixmI9ygVZEN7t5dDAAdmAm+JLFBiylJJ40&#10;siJZXstgn5vcwi1sUqDvo+nmdwN7MOlP+l7Hc/1Jx7PH487FdOR1/KnTOx13x6PR2HmvqTlekGZx&#10;TJlm104Wx/u7zm1mXD0TdrPlIIqDYKfmeRisdUjD5AJiad91rtsWrXt6zuMbaFfB61EJox2ElItb&#10;jCoYkyGWb5dEUIzy5wzm0MDxPD1XzcY77bmwEfua+b6GsAigQqwwXHAtjlQ9i5elyBYpeHJMWRm/&#10;gDGRZLqfzTypWTUbGIUmgmZs61m7vzdW938uw18AAAD//wMAUEsDBBQABgAIAAAAIQBDDbjy3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqF0CFEKcClUqV2hoC0cnXpKI&#10;eB3Fbhv4ejYnOM7saPZNthxdJ444hNaThvlMgUCqvG2p1rB9W1/dgwjRkDWdJ9TwjQGW+flZZlLr&#10;T7TBYxFrwSUUUqOhibFPpQxVg86Eme+R+PbpB2ciy6GWdjAnLnedvFbqTjrTEn9oTI+rBquv4uA0&#10;7PzOfSQ/ydo3xara9+Xry/N7rfXlxfj0CCLiGP/CMOEzOuTMVPoD2SA61mrB6FHD7c0CxBSYq4Sd&#10;cnIeQOaZ/D8h/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDF81hUIgMAAKQGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBDDbjy3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D2AFF2" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68B4BFA9" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7929B432" w14:textId="6A9BC82A" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00919A06" wp14:editId="51C76C8A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="3" name="Полилиния: фигура 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="29F867C7" id="Полилиния: фигура 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC84wP7IwMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NJu20aarVX8Q&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISk3tzPibb77xTM/O10WOVlTI&#10;jLMQOyc2RpRFPM7YIsSvZ9NOHyOpCItJzhkN8Q2V+Hz4+NFZVQbU5SnPYyoQgDAZVGWIU6XKwLJk&#10;lNKCyBNeUgbGhIuCKNiKhRULUgF6kVuubftWxUVcCh5RKeHtuDbiocFPEhqpV0kiqUJ5iIGbMk9h&#10;nnP9tIZnJFgIUqZZ1NAg/8CiIBmDoDuoMVEELUX2AKrIIsElT9RJxAuLJ0kWUZMDZOPYR9lcp6Sk&#10;JhcQR5Y7meT/g41erq4EyuIQdzFipIASbb5sfm6+b+7M98fmbvs5QNtPsP+2/bj9sPmKulq1qpQB&#10;HL4ur4TOW5aXPHojwWAdWPRGgg+aVy94DOhkqbhRap2IQp8EDdDaFORmVxC6ViiCl37X9Xwb6haB&#10;zXF7pl4WCdqz0VKqZ5QbHLK6lKouZwwrU4y4SWkGEEmRQ2WfdpCNHLvXN4+m/Ds3p3V7YqGZjSo0&#10;GPjtHdk5ua1TjeXY3d+DgaB1TA3m7oFBAouWIklb1tGaNbRhhYjuH9sIVXKpBZoBuVYhQAAnneIf&#10;fCH2sW99pgkhoDGOW0JgBC0xrzUpidLMdAi9RFWIjRb6RcFXdMaNSR2VDoLcW3O272WO77OqzXBC&#10;B4B7Uy9MUM11r7SMT7M8N7XNmabi2wPfaCN5nsXaqNlIsZiPcoFWRDe7+ehkAOzATfAliw1YSkk8&#10;adaKZHm9Bv/caAu3sJFA30fTze8G9mDSn/S9juf6k45nj8edi+nI6/hTp3c67o5Ho7HzXlNzvCDN&#10;4pgyza6dLI73d53bzLh6Juxmy0EWB8lOzedhstYhDaMF5NL+1lq3LVr39JzHN9CugtejEkY7LFIu&#10;bjGqYEyGWL5dEkExyp8zmEMDx/P0XDUb77TnwkbsW+b7FsIigAqxwnDB9XKk6lm8LEW2SCGSY8rK&#10;+AWMiSTT/WzmSc2q2cAoNBk0Y1vP2v298br/cxn+AgAA//8DAFBLAwQUAAYACAAAACEAHJcHgt0A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidRqIojVOhSuUKhBY4Osk2&#10;jojXUey2ga9nc4LjzI5m3+SbyfXijGPoPGlIFgoEUu2bjloN+7fd3QOIEA01pveEGr4xwKa4vspN&#10;1vgLveK5jK3gEgqZ0WBjHDIpQ23RmbDwAxLfjn50JrIcW9mM5sLlrpdLpe6lMx3xB2sG3Fqsv8qT&#10;03DwB/eZ/qQ7b8tt/T5UL89PH63WtzfT4xpExCn+hWHGZ3QomKnyJ2qC6FmrFaNHDctVAmIOJCpl&#10;p5qdFGSRy/8Til8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvOMD+yMDAACkBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHJcHgt0AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAB9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIcGAAAAAA==&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF2E164" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33BDA3A7" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D3C0DD8" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00064BA3" w:rsidSect="00A64398">
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="720" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53EBD895" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1112"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E0A00D" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3555"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="89"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">жылғы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>_»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5968D6FB" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260C473B" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4015796D" w14:textId="4C784B36" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="-1577"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CCE8463" wp14:editId="4B9273FB">
+                <wp:extent cx="1676400" cy="6350"/>
+                <wp:effectExtent l="9525" t="9525" r="9525" b="3175"/>
+                <wp:docPr id="1" name="Группа 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1676400" cy="6350"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="2640" cy="10"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="28" name="Line 46"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="5"/>
+                            <a:ext cx="2640" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="56A83451" id="Группа 1" o:spid="_x0000_s1026" style="width:132pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2640,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANZUCbhwIAAIAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNFO2zAUfZ+0f7DyXpKUECBqi6am5YVt&#10;SLAPcB0nsebYlm2aVtOkSfsEfmR/sF+AP9q1HVoKL4i1kmPH956ce46vJxebjqM11YZJMY3SoyRC&#10;VBBZMdFMo2+3y9FZhIzFosJcCjqNttREF7OPHya9KuhYtpJXVCMAEabo1TRqrVVFHBvS0g6bI6mo&#10;gM1a6g5bWOomrjTuAb3j8ThJ8riXulJaEmoMvC3DZjTz+HVNif1a14ZaxKcRcLN+1H5cuTGeTXDR&#10;aKxaRgYa+B0sOswEfHQHVWKL0Z1mr6A6RrQ0srZHRHaxrGtGqK8BqkmTF9VcanmnfC1N0TdqJxNI&#10;+0Knd8OSL+trjVgF3kVI4A4serh//PX4++Ev/P+g1CnUq6aAwEutbtS1DmXC9EqS7wa245f7bt2E&#10;YLTqP8sKUPGdlV6hTa07BwG1o403Yrszgm4sIvAyzU/zLAG/COzlxyeDT6QFM18lkXYxpI0hKeSk&#10;PiPGRfiaZzgwcuXAWTN7Oc3/yXnTYkW9S8apNMg5hoMf9LxigqIsD0L6kLkIKpKNGFREQs5bLBrq&#10;wW63ChTz0gPzZyluYcCCN6p6Eo73k6p7eQ7VwYXSxl5S2SE3mUYcGHuv8PrKWOfwPsRZJ+SSce5b&#10;hwvUg0XJee4TjOSscpsuzOhmNecarbFrPv9zhADsIAwOuag8WEtxtRjmFjMe5hDPhcODOoDOMAvd&#10;9eM8OV+cLc6yUTbOF6MsKcvRp+U8G+XL9PSkPC7n8zL96ailWdGyqqLCsXvq9DR7m/XDnRN6dNfr&#10;OxniQ3RfIpB9enrS3kjnXTh/K1ltr7VTYziNfubb3KcNV5K7R56vfdT+4pz9AwAA//8DAFBLAwQU&#10;AAYACAAAACEAfZ9ZedkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92k&#10;apGYTSlFPRXBVhBv0+w0Cc3Ohuw2Sf+9o5d6GXi8x5vv5cvJtWqgPjSeDaSzBBRx6W3DlYHP3evd&#10;E6gQkS22nsnAmQIsi+urHDPrR/6gYRsrJSUcMjRQx9hlWoeyJodh5jti8Q6+dxhF9pW2PY5S7lo9&#10;T5KFdtiwfKixo3VN5XF7cgbeRhxX9+nLsDke1ufv3eP71yYlY25vptUzqEhTvIThF1/QoRCmvT+x&#10;Dao1IEPi3xVvvngQuZdQArrI9X/24gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQANZUCb&#10;hwIAAIAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB9&#10;n1l52QAAAAMBAAAPAAAAAAAAAAAAAAAAAOEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;">
+                <v:line id="Line 46" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,5" to="2640,5" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADVa3awAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE7zNVA9zVKOooA56mgp6fCTPpti8lCZr63+/HAY7fny/V5vB1aKjNlSeFcymGQhi7U3F&#10;pYLr5fD+CSJEZIO1Z1LwogCb9ehthbnxPX9Td46lSCEcclRgY2xyKYO25DBMfUOcuIdvHcYE21Ka&#10;FvsU7mo5z7IP6bDi1GCxob0l/Tz/OAXdqbh3xcKjPt2KndWHY7Xoj0pNxsN2CSLSEP/Ff+4vo2Ce&#10;xqYv6QfI9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAA1Wt2sAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokeweight=".48pt"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E02005" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3915FD" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:sectPr w:rsidR="00064BA3" w:rsidSect="00A64398">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720" w:equalWidth="0">
+            <w:col w:w="1114" w:space="40"/>
+            <w:col w:w="3596" w:space="4432"/>
+            <w:col w:w="1508"/>
+          </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5077"/>
-        <w:gridCol w:w="3979"/>
+        <w:gridCol w:w="6621"/>
+        <w:gridCol w:w="4099"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="492775B9" w14:textId="77777777" w:rsidTr="00924841">
-[...826 lines deleted...]
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="604867ED" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="29B99E23" w14:textId="77777777" w:rsidTr="00924841">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B979270" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w14:paraId="180D7144" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D9D4B0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          <w:p w14:paraId="56BEF5D3" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...7 lines deleted...]
-          <w:p w14:paraId="2FC14379" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+          </w:p>
+          <w:p w14:paraId="7F097AD1" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-          <w:p w14:paraId="24464323" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="68A791E9" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F46215" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-          <w:p w14:paraId="368A68D0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A639067" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...35 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54C7CF28" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7F959752" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z186"/>
+      <w:r w:rsidRPr="00737FA7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы  ___________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="10630621" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
-[...278 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="28DB1269" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00064BA3"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="524"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="57F02C34" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="440E3C4D" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EC78755" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="775E1617" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="079FA5D8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...17 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="6F82694A" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12A9FA68" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...17 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+          <w:p w14:paraId="790E1C50" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DF81E55" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...38 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w14:paraId="2D612093" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="022B7675" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5346A336" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="586C0BD1" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="3856A456" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="701E6965" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33DC9BB6" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="712C2B9D" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="314E6046" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="4692177A" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26D01807" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="6D9B7D75" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="183679AB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...86 lines deleted...]
-              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+          <w:p w14:paraId="0128DF0E" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1801BEC8" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1600B5F5" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="345138EE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B01D825" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары сыртқы/қашықтан = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4762E777" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="00CDBED4" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="358CC3C0" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="6A8B2949" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EEB447E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="59BE4DDA" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52AF7A07" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w14:paraId="74BD7F15" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30E939E2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="24C12F22" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E5E56AF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w14:paraId="2239F169" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23EF1C9E" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27299A37" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="563E77F5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="020DE808" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="69F5AFDC" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="09A9D57D" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="743E7D1B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="77BBC011" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C526547" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w14:paraId="78C44841" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жұмыс өтілі жоқ үміткерлер үшін сертификаттау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="200420FF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1D14DE07" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5972A60F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+          <w:p w14:paraId="4496621F" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E597BF9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="583F2636" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="354E3769" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="428A44BB" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="116871CD" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="536FD727" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EE28802" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+          <w:p w14:paraId="049DDC99" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Біліктілік санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="038899F5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w14:paraId="37247C80" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A870EC4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...122 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w14:paraId="0DC906B5" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7412F6D0" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16937816" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32729479" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B6AD70" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B288678" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CBB68E8" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40D7E3E2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4CB478C7" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="1BE27B0A" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="3FA678A0" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14B0769D" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4D7B9CFD" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50C312BE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+          <w:p w14:paraId="1A4274B2" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66B2D538" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="0283A1E4" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75AAA925" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+          <w:p w14:paraId="0EE65769" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35B417BC" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58FF67CE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D449A5C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="593E21E0" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="4CA7ADD1" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="0DA8AC8B" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A96EA46" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="706E5B54" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AA66FBF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...23 lines deleted...]
-              <w:t>впервые поступающих на работу</w:t>
+          <w:p w14:paraId="54B2911D" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алғаш рет жұмысқа тұрған педагогтер үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E19D6F2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...24 lines deleted...]
-              <w:t>диплому об образовании</w:t>
+          <w:p w14:paraId="6175D914" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1057AC40" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...42 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w14:paraId="0115C26A" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби тәжірибенің нәтижелері "өте жақсы" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AD0106F" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27AA55BB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5B134771" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="52B2321A" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="6B8FC6AE" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C3FE52" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1AF018F4" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15007000" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w14:paraId="07FA14EC" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CD56C2B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+          <w:p w14:paraId="200151C4" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A381FE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...32 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w14:paraId="6DAA903C" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="436C4B4D" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4031D481" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2C91AC67" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="0F04E808" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="0C793CF2" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1938F61A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="05C5E432" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3945F114" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="13D003B2" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B3E577E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="2E2A799D" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E884D7C" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломдар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E115288" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="774A3A96" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...104 lines deleted...]
-              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+          <w:p w14:paraId="399805FF" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 1) олимпиадалар және конкурстар жеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="182AD245" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DD1513F" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) олимпиадалар және конкурстар жеңімпаздары - 3 балл "Үздік педагог" конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2226AFDC" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Үздік педагог" конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413559D2" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13C53167" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="36C3B165" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="34B2720B" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="043DA894" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A462371" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2223CDCF" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FCA8A27" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w14:paraId="529B3306" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1822EDC9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w14:paraId="27014932" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F08F5FD" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...50 lines deleted...]
-              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+          <w:p w14:paraId="7761B8BC" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF8FFA0" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D739CBA" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74BDE977" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1750724D" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="7648E2B8" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="0D29591A" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CCDD48E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4C78D682" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F602D25" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w14:paraId="52CA2187" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67B0AAF2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+          <w:p w14:paraId="2F750BE4" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметін растайтын құжат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F9B0331" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...86 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w14:paraId="3855E71F" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52905A11" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DC14CC" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441688B0" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8692B8" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08C12F86" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="58B75AF5" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="0EDC248C" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="2A543E47" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="652EB224" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="064BE3BC" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B74EE50" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="286C59FF" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FE747BB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...30 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5FC5560A" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3082A5A2" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F191630" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2074FD37" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4322EF49" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E42A839" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3C7157" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" программалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD50040" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29779BCD" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA0C762" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0DF87B" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06026685" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2523BC15" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66F33B35" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C334855" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="766AA3D1" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741B78F1" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CFBA4AB" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CE91C59" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher of English to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>- сертификат на цифровую грамотность,</w:t>
-[...170 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F14F35" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25788C08" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA0D857" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61983561" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TKT</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2744B7C9" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teaching Knowledge Test"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124B62EE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="711EEDD2" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TESOL"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A967551" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in teaching English for young learners</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="091F9127" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1027CA" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHCYLT – International House Certificate </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Becoming a Better Teacher: Exploring </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D320B6" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9AC607" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Maths</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FABC134" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...189 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AF257AC" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4B1FA661" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
-[...71 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="183EC3D0" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEABD9B" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A78C23E" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A2F2CF2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="65C0A3AE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="60A1EAA1" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="0BC123C8" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E72C02A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="7CE5EB21" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0342D2AB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w14:paraId="1B7A39D1" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, "Дипломмен ауылға!", "Серпін" мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3598A192" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w14:paraId="3B08BEE6" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B7B2167" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...14 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w14:paraId="59904B54" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DBD4235" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0FA6C430" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="5E50DC38" w14:textId="77777777" w:rsidTr="00924841">
+      <w:tr w:rsidR="00064BA3" w:rsidRPr="00737FA7" w14:paraId="6863C312" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2990" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EB31A99" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="0B8667EE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78103FF0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3E4DD8BF" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B80F592" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2271CAA8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
-[...19 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2D59C83E" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="10E0BB0D" w14:textId="77777777" w:rsidR="00CE4BB6" w:rsidRDefault="00CE4BB6" w:rsidP="00CB5938">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="563F6D7E" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRPr="00737FA7" w:rsidRDefault="00064BA3" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A586073" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3"/>
+    <w:p w14:paraId="0B790847" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3"/>
+    <w:p w14:paraId="3D3F3FDE" w14:textId="77777777" w:rsidR="00064BA3" w:rsidRDefault="00064BA3" w:rsidP="00064BA3"/>
+    <w:p w14:paraId="44A758FD" w14:textId="77777777" w:rsidR="003E3C5B" w:rsidRDefault="003E3C5B" w:rsidP="00064BA3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="70"/>
-        <w:ind w:left="6214" w:right="874" w:firstLine="1"/>
+        <w:ind w:left="6003" w:right="559"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CE4BB6" w:rsidSect="00CB5938">
+    <w:sectPr w:rsidR="003E3C5B" w:rsidSect="00A64398">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01EA27B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2645A44"/>
+    <w:lvl w:ilvl="0" w:tplc="4FDABD32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B9B013C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="685E4EB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1ECCE910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9D9261CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EEAE4D9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A6AD4AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CE7874B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0740631C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03C71FF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B692B270"/>
+    <w:lvl w:ilvl="0" w:tplc="0F32512C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="70ACDFDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C91AA59A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76DD50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CF626A5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0F5A64A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="98D0F4B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="88E676E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="33C2FFA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04D75BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D64E898"/>
     <w:lvl w:ilvl="0" w:tplc="95BCB918">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3C3C5298">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EB0499E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="DC1EEC94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A140C130">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="095C9204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="40FC5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9BFA757C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A4893A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10762A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2196FD7E"/>
     <w:lvl w:ilvl="0" w:tplc="67B29DFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="57C23DF8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E620034C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E4646A4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="614E88A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6512E94C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="AFC45DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0792E254">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69AC78D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18076780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B8D24E"/>
     <w:lvl w:ilvl="0" w:tplc="982C6C04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C6AC66C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B96C0642">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="766EF376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B5CA93DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BA920800">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="688C2B0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2F843C1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80B656FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A644D23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5E8970E"/>
     <w:lvl w:ilvl="0" w:tplc="5950B8EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="96F60AC0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BBCC1442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="86B44E3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F55EBEEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0DFE30B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BE8A655C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D5EEB192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D952C88A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D551BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7E01B12"/>
     <w:lvl w:ilvl="0" w:tplc="F8BC0274">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="69F6980A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E442E7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="857A194E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0E9258D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D2EC5F48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D8A4A576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CDA5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F34F7EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="409A2685"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08BA00D2"/>
+    <w:lvl w:ilvl="0" w:tplc="BBF660F0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="367" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3828EA2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1009" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1116ED20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1658" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="928C88CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2307" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4EB02C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2956" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B21A2220">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3605" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="924264A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4254" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5DFAB29C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4903" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9B6284B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5552" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46625A9F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82CAF9E2"/>
+    <w:lvl w:ilvl="0" w:tplc="E320D8B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8A8C98E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="73C49A20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6636810A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D8C456C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A748FC9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EA5EAAF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5F7ECA92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E30CF856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E07FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4A8060"/>
     <w:lvl w:ilvl="0" w:tplc="7A64C76E">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="368" w:hanging="260"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6068F7FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="75EC55A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A1AA615E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2511" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CADAB442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DF0A402A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3946" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DD3CD1D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4663" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="894A63D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5380" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D75C6B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6097" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ADC25FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94F03610"/>
+    <w:lvl w:ilvl="0" w:tplc="7DA807C0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="180"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CD247AB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="531" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="83889E28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1022" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DD18A16A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1513" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="06CC19B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2004" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="987068DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2495" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3C5ACBA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2986" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F9C6E166">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3477" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C1CADBE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3968" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50465C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39886140"/>
     <w:lvl w:ilvl="0" w:tplc="3F842FA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C56C543E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="411C24FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A698837E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FE92ACD2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="85D8329E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2A881856">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DCEA94C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29BA4FB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54296A1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="05C82A58"/>
+    <w:lvl w:ilvl="0" w:tplc="FE64C6B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F3E06822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="414C706E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="850CB6FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="93B05C68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7850F666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="321232D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4F0014D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4DF2A39C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57800B1C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EAA43BFE"/>
+    <w:lvl w:ilvl="0" w:tplc="DCD8F8BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34EA6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5C48CD2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="571ADF40">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="32AEBD5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04404666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="23E0AF7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D932ED14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D01A320C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F3701C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="791C9E5A"/>
+    <w:lvl w:ilvl="0" w:tplc="629443D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="247" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E12026E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="901" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1F9E3A9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1562" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8AF41E30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2223" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="89BC5568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2884" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E904E784">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3545" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="726E5F4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4206" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="52560900">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4867" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="874A94AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5528" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70A70729"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF44F832"/>
+    <w:lvl w:ilvl="0" w:tplc="41A01026">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EE10866A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14AC6BEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ABD0D5D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5D202232">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4732993C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="41C80050">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6B2AC694">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D86AEE2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76294A87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B73ADD50"/>
     <w:lvl w:ilvl="0" w:tplc="BEB23D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="286"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C201FEA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E00E0D14">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3756712A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B3101E90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DED8A352">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FD2C3E3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="94FAC376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20769ECC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
-[...38 lines deleted...]
-  </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00744B21"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F55969"/>
+    <w:rsidRoot w:val="00ED4EC0"/>
+    <w:rsid w:val="00053E29"/>
+    <w:rsid w:val="00064BA3"/>
+    <w:rsid w:val="000C1F1F"/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rsid w:val="00122E0F"/>
+    <w:rsid w:val="001C2042"/>
+    <w:rsid w:val="001F2B91"/>
+    <w:rsid w:val="003E3C5B"/>
+    <w:rsid w:val="0040545E"/>
+    <w:rsid w:val="00442683"/>
+    <w:rsid w:val="00442F53"/>
+    <w:rsid w:val="004D412E"/>
+    <w:rsid w:val="00575137"/>
+    <w:rsid w:val="006718E4"/>
+    <w:rsid w:val="006F0ADC"/>
+    <w:rsid w:val="007E06ED"/>
+    <w:rsid w:val="007E70B6"/>
+    <w:rsid w:val="00804CA0"/>
+    <w:rsid w:val="00853A80"/>
+    <w:rsid w:val="00875D02"/>
+    <w:rsid w:val="008B3C9F"/>
+    <w:rsid w:val="00931795"/>
+    <w:rsid w:val="00A64398"/>
+    <w:rsid w:val="00AD1D1B"/>
+    <w:rsid w:val="00AF10FF"/>
+    <w:rsid w:val="00DE0C46"/>
+    <w:rsid w:val="00E40435"/>
+    <w:rsid w:val="00ED4EC0"/>
+    <w:rsid w:val="00F24F3E"/>
+    <w:rsid w:val="00F630CE"/>
+    <w:rsid w:val="00F96811"/>
+    <w:rsid w:val="00FA7A17"/>
+    <w:rsid w:val="00FA7EF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C8EEC50"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{332FCE74-CECA-43E5-8E7F-0528D8401BCF}"/>
+  <w14:docId w14:val="76029EB1"/>
+  <w15:docId w15:val="{AD7EA95C-0A44-4E6D-AEA5-0E654ACF4638}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10460,51 +13976,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10573,51 +14089,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -10773,615 +14289,473 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
-[...5 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
     <w:pPr>
       <w:ind w:left="344" w:right="559"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...92 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00273194"/>
+    <w:rsid w:val="000F4C74"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...26 lines deleted...]
-      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...17 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1744</Words>
-  <Characters>9941</Characters>
+  <Words>1589</Words>
+  <Characters>9061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11662</CharactersWithSpaces>
+  <CharactersWithSpaces>10629</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2022-10-05T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2022-11-03T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>