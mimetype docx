--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,10078 +1,9364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
-[...45 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының Рафика Нұртазина атындағы жалпы орта білім беру мектебі» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00E33079" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшының тәрбие ісі жөніндегі орынбасары </w:t>
+      </w:r>
+      <w:r w:rsidR="00692083" w:rsidRPr="00692083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00692083" w:rsidRPr="004431D0" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Рафики Нұртазиной города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Р.Нұртазина атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="000F121A" w:rsidRDefault="00692083" w:rsidP="00692083">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33079" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                               </w:t>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> город Павлодар, улица Бакинская, 4</w:t>
+              <w:t xml:space="preserve">Павлодар қаласы, Бакинская көшесі, 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 61-12-96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh23@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшының тәрбие ісі жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidR="00692083" w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00692083" w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33079" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-81" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәрбие процесін ұйымдастыруды қамтамасыз етеді; тәрбие жұмысын ағымдағы және перспективалық жоспарлауды ұйымдастырады; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33079" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="60"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аға тәлімгерлердің, ұзартылған күн топтары тәрбиешілерінің, сынып жетекшілерінің, педагог-психологтардың, әлеуметтік педагогтардың және қосымша білім беру педагогтерінің қызметін жоспарлауды және бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33079" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="60" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесін қамтамасыз ететін білім беру ұйымдары әкімшілігінің, әлеуметтік психологиялық қызметтері мен бөлімшелерінің жұртшылық және құқық қорғау органдарының өкілдерімен, ата-аналар қоғамдастығының, қамқоршылық кеңестің өкілдерімен өзара іс-қимылын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33079" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="60" w:firstLine="300"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психологиялық қызметтің жұмысын және білім алушылар мен тәрбиеленушілерді, оның ішінде ерекше білім беру қажеттіліктері бар білім алушыларды психологиялық-педагогикалық сүйемелдеу процесін үйлестіреді; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33079" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="60" w:firstLine="300"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мектеп-ата-ана қатынастарының жаңа нысандарын, мектеп пен отбасының толық өзара іс-қимылын қамтамасыз етеді; ата-аналар үшін педагогикалық консилиумдар ұйымдастырады және өткізеді;; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33079" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="60" w:firstLine="300"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мектеп парламентінің, дебат қозғалысының, оқушылардың өзін-өзі басқаруының, " Жас қыран", "Жас ұлан" балалар ұйымдарының жұмыстарын ұйымдастырады; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Қоғамға қызмет ету", "Отанға тағзым", "Үлкендерге құрмет", "Анаға құрмет" қоғамдық-пайдалы жұмыстарын ұйымдастырады.;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692083">
-[...14 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-              <w:t>1ставка</w:t>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00E33079">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>155</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>157</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidTr="009D1644">
-[...8 lines deleted...]
-          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+      <w:tr w:rsidR="00692083" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33079" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="56" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006D2A58">
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат, педагогикалық жұмыс өтілі кемінде 3 жыл; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="56" w:hanging="357"/>
+              <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...309 lines deleted...]
-              <w:t>- организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", "Уважение к старшим", "Уважение к матери";</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) білім беру ұйымының "үшінші біліктілік санатты басшысының орынбасары" немесе "екінші біліктілік санатты басшысының орынбасары" немесе " бірінші біліктілік санатты басшысының орынбасары" біліктілік санатының болуы не " педагог – сарапшы" немесе "педагог – зерттеуші" немесе "педагог – шебер" біліктілігінің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="004C260D" w:rsidP="004431D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692083">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidR="006D2A58" w:rsidRPr="006D2A58">
+              <w:t>01.0</w:t>
+            </w:r>
+            <w:r w:rsidR="004431D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>155.157  тенге</w:t>
-[...9 lines deleted...]
-              <w:t>е</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00387001">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33079">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="004431D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00A12340">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidTr="009D1644">
-[...4 lines deleted...]
-          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+      <w:tr w:rsidR="00692083" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...30 lines deleted...]
-          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
-[...18 lines deleted...]
-              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет; и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Бос лауазымның мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...129 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
-[...1243 lines deleted...]
-              <w:t>постоянно</w:t>
+              <w:t>Тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...262 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5741"/>
+        <w:gridCol w:w="4339"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="00842716">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...17 lines deleted...]
-            <w:tcW w:w="4819" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+              <w:t>қағидаларына 10-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
-[...62 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>(</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...20 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...38 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...29 lines deleted...]
-        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
-[...6 lines deleted...]
-          </w:tcPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006821DA">
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006821DA">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
-[...7 lines deleted...]
-          </w:tcPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...111 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>подтверждения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>):_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_____________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...114 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«___</w:t>
+        <w:t>20____</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___года</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">              ______________________</w:t>
+        <w:t>»_______________           ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                              </w:t>
+        <w:t xml:space="preserve">                                                                                                                                     </w:t>
       </w:r>
       <w:r w:rsidR="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               </w:t>
+        <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                   </w:t>
+        <w:t>олы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>назначения на должности,</w:t>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
+              <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество</w:t>
+        <w:t>(Т.Ә.А. (б</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ар болса</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(при его наличии))</w:t>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...10 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...14 lines deleted...]
-              <w:ind w:firstLine="851"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006821DA">
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ценка</w:t>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...151 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...503 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...304 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...22 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...204 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
-[...230 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...254 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00842716" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...25 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...369 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...178 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...83 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1179 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>12</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...40 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="004431D0" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...55 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...11 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
-[...53 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidSect="006821DA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E0D3464"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5863184"/>
+    <w:lvl w:ilvl="0" w:tplc="653872C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65DF64C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A41E90C6"/>
+    <w:lvl w:ilvl="0" w:tplc="BD76CBCA">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001859F0"/>
-    <w:rsid w:val="000606D5"/>
-    <w:rsid w:val="000F121A"/>
     <w:rsid w:val="001859F0"/>
-    <w:rsid w:val="001C4807"/>
-    <w:rsid w:val="004B63F0"/>
+    <w:rsid w:val="00387001"/>
+    <w:rsid w:val="004431D0"/>
+    <w:rsid w:val="004C260D"/>
     <w:rsid w:val="006821DA"/>
     <w:rsid w:val="00692083"/>
-    <w:rsid w:val="006D2A58"/>
     <w:rsid w:val="0070609E"/>
+    <w:rsid w:val="00713BC5"/>
     <w:rsid w:val="00842716"/>
-    <w:rsid w:val="00E7249F"/>
-    <w:rsid w:val="00FD0153"/>
+    <w:rsid w:val="00A12340"/>
+    <w:rsid w:val="00E33079"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6E4326EA"/>
+  <w14:docId w14:val="3B20D14A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4FD76877-C33C-4ED3-9F02-8BDBD93C42AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -10486,63 +9772,102 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="001859F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E33079"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="444547707">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1498765850">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10762,75 +10087,59 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>12425</Characters>
+  <Pages>1</Pages>
+  <Words>2058</Words>
+  <Characters>11737</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14575</CharactersWithSpaces>
+  <CharactersWithSpaces>13768</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сула</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>