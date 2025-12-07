--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -1,3164 +1,3176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00692083">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">м языком обучения </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының Рафика Нұртазина атындағы жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00692083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілінде оқытатын математика мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00692083" w:rsidRPr="00785D50" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Рафики Нұртазиной города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Р.Нұртазина атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="000F121A" w:rsidRDefault="00692083" w:rsidP="00692083">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          </w:p>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Бакинская көшесі, 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...85 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 61-12-96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh23@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орыс тілінде оқытатын математика мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00692083">
-[...14 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">учитель математики с русским языком обучения,  </w:t>
+              <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16 часов</w:t>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 159 626,94  теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00040C63" w:rsidP="00785D50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...63 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00785D50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-09.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00785D50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
-[...6 lines deleted...]
-            <w:vMerge/>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән бойынша сертификаттау нәтижелері туралы сертификаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазымның мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5741"/>
+        <w:gridCol w:w="4339"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="00842716">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...127 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1845 lines deleted...]
-          </w:tcPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
+              <w:t>қағидаларына 10-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
-      </w:r>
-[...15 lines deleted...]
-        <w:t>_______________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>государственный орган, объявивший конкурс</w:t>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3190,6045 +3202,5740 @@
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>(должность, место работы)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...36 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...28 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
-[...6 lines deleted...]
-          </w:tcPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...1 lines deleted...]
-          </w:p>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного заведения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2197" w:type="dxa"/>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...6 lines deleted...]
-          </w:tcPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...22 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Стаж педагогической работы:</w:t>
+        <w:t>Педагогикалық</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>___________________________________________________________</w:t>
-[...19 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+        <w:t>жұмыс</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________</w:t>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...142 lines deleted...]
-        <w:t>«___</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">              ______________________</w:t>
+        </w:rPr>
+        <w:t>»_______________           ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                              </w:t>
+        <w:t xml:space="preserve">                                                                                                                                     </w:t>
       </w:r>
       <w:r w:rsidR="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               </w:t>
+        <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                   </w:t>
+        <w:t>олы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>назначения на должности,</w:t>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
+              <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество</w:t>
+        <w:t>(Т.Ә.А. (б</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ар болса</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(при его наличии))</w:t>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...10 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...14 lines deleted...]
-              <w:ind w:firstLine="851"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006821DA">
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ценка</w:t>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...121 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...461 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...254 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...22 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...194 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
-[...210 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...232 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00842716" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...25 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...297 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...160 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...83 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1030 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>12</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...40 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="00785D50" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...55 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...11 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
-[...53 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidSect="006821DA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -9246,85 +8953,84 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001859F0"/>
-    <w:rsid w:val="000606D5"/>
-    <w:rsid w:val="000F121A"/>
+    <w:rsid w:val="00040C63"/>
     <w:rsid w:val="001859F0"/>
-    <w:rsid w:val="004B63F0"/>
-    <w:rsid w:val="00503443"/>
     <w:rsid w:val="006821DA"/>
     <w:rsid w:val="00692083"/>
     <w:rsid w:val="0070609E"/>
+    <w:rsid w:val="00713BC5"/>
+    <w:rsid w:val="00785D50"/>
     <w:rsid w:val="00842716"/>
-    <w:rsid w:val="00A65EEB"/>
+    <w:rsid w:val="00A12340"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="284A4CBC"/>
+  <w14:docId w14:val="7DBA0614"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4FD76877-C33C-4ED3-9F02-8BDBD93C42AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -9750,51 +9456,51 @@
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10014,75 +9720,59 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2043</Words>
-  <Characters>11647</Characters>
+  <Words>1968</Words>
+  <Characters>11224</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13663</CharactersWithSpaces>
+  <CharactersWithSpaces>13166</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сула</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>