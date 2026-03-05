--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,1079 +1,1071 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="0094391B" w:rsidRPr="00732BA7" w:rsidRDefault="0094391B" w:rsidP="0048606C">
-[...11 lines deleted...]
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00732BA7" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00732BA7">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00732BA7" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00732BA7">
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> бойынша</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00732BA7" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRPr="00732BA7" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00732BA7">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по КГ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">педагогтердің  бос және (немесе) уақытша бос лауазымдарына тағайындау конкурсының </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">КП «Ясли-сад </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нәтижесі</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00711A0A" w:rsidRDefault="00711A0A">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="10169" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="458"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1786"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="1663"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003376F3" w:rsidRPr="003D1D60" w:rsidTr="002373F9">
+      <w:tr w:rsidR="003B2905" w:rsidTr="005721F6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732BA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2002" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732BA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
+              <w:t xml:space="preserve">ФИО               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732BA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
+              <w:t>Образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732BA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="00C363E3" w:rsidP="008B0E33">
+          <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732BA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтиже</w:t>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="1663" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="008B0E33" w:rsidP="008B0E33">
+          <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732BA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескертпе</w:t>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003376F3" w:rsidRPr="002373F9" w:rsidTr="002373F9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DD2581" w:rsidTr="005721F6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00384B8B" w:rsidRDefault="005F75B2" w:rsidP="003376F3">
+          <w:p w:rsidR="00DD2581" w:rsidRDefault="00DD2581">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2002" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00384B8B" w:rsidRPr="00407978" w:rsidRDefault="0041704B" w:rsidP="003376F3">
+          <w:p w:rsidR="00DD2581" w:rsidRDefault="00E24DC5" w:rsidP="00E24DC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мубаракова Рымгуль Казтайевна</w:t>
+              <w:t>Мубаракова рымгуль Казтайевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00384B8B" w:rsidRDefault="0041704B" w:rsidP="003376F3">
+          <w:p w:rsidR="00DD2581" w:rsidRDefault="00E24DC5" w:rsidP="00B21D2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00384B8B" w:rsidRPr="00E846FB" w:rsidRDefault="00E04C97" w:rsidP="002373F9">
+          <w:p w:rsidR="00DD2581" w:rsidRDefault="00B21D2F" w:rsidP="0090120B">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тәрбиеші</w:t>
+              <w:t>воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00384B8B" w:rsidRPr="00732BA7" w:rsidRDefault="0041704B" w:rsidP="00D30CC5">
+          <w:p w:rsidR="00DD2581" w:rsidRPr="005721F6" w:rsidRDefault="00B21D2F" w:rsidP="00E24DC5">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>02.04.2024</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прошел конкурс </w:t>
             </w:r>
-            <w:r w:rsidR="003376F3">
+            <w:r w:rsidR="00E24DC5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> ж конкурстан өтті</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02.04</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="1663" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E04C97" w:rsidRPr="00E04C97" w:rsidRDefault="00E04C97" w:rsidP="00E04C97">
-[...37 lines deleted...]
-          <w:p w:rsidR="00E846FB" w:rsidRPr="003376F3" w:rsidRDefault="00E846FB" w:rsidP="003376F3">
+          <w:p w:rsidR="00DD2581" w:rsidRDefault="00B21D2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>На время декретного отпуска</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00732BA7" w:rsidRDefault="00732BA7">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F75B2" w:rsidRDefault="005F75B2">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="00732BA7" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="003B2905" w:rsidP="003B2905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B2905" w:rsidRDefault="00FC3935" w:rsidP="003B2905">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00732BA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурстық комиссияның</w:t>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="005E69E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2905">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRPr="00732BA7" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+    <w:p w:rsidR="003B2905" w:rsidRDefault="00FC3935" w:rsidP="003B2905">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00732BA7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                            </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3502F" w:rsidRPr="00732BA7">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="005E69E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                        </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003376F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>А.Ибраева</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2905">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2905">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00792643">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ибраева А.Н</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0094391B" w:rsidRDefault="0041704B" w:rsidP="0094391B">
+    <w:p w:rsidR="00FC3935" w:rsidRDefault="005E69E4" w:rsidP="00FC3935">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:t>3</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00E24DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>03.04</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B21D2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> ж.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRPr="00732BA7" w:rsidRDefault="00C363E3">
+    <w:p w:rsidR="00AE1421" w:rsidRPr="0090120B" w:rsidRDefault="00AE1421">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRDefault="00C363E3">
-[...56 lines deleted...]
-    <w:sectPr w:rsidR="00C363E3">
+    <w:sectPr w:rsidR="00AE1421" w:rsidRPr="0090120B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...92 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0090705F"/>
-[...38 lines deleted...]
-    <w:rsid w:val="00F45530"/>
+    <w:rsidRoot w:val="004B69F8"/>
+    <w:rsid w:val="002E549D"/>
+    <w:rsid w:val="003058E7"/>
+    <w:rsid w:val="003248CF"/>
+    <w:rsid w:val="003B2905"/>
+    <w:rsid w:val="00454F35"/>
+    <w:rsid w:val="004B69F8"/>
+    <w:rsid w:val="004D1E3D"/>
+    <w:rsid w:val="005721F6"/>
+    <w:rsid w:val="005E69E4"/>
+    <w:rsid w:val="006E2831"/>
+    <w:rsid w:val="00767EC9"/>
+    <w:rsid w:val="00792643"/>
+    <w:rsid w:val="008A3260"/>
+    <w:rsid w:val="0090120B"/>
+    <w:rsid w:val="00930B6C"/>
+    <w:rsid w:val="00AE1421"/>
+    <w:rsid w:val="00B21D2F"/>
+    <w:rsid w:val="00BB405A"/>
+    <w:rsid w:val="00CB0ACF"/>
+    <w:rsid w:val="00DD2581"/>
+    <w:rsid w:val="00E24DC5"/>
+    <w:rsid w:val="00EE05C8"/>
+    <w:rsid w:val="00FC3935"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="695D84AA"/>
-  <w15:docId w15:val="{EF583575-E195-4E66-9B54-D18BBDDE2729}"/>
+  <w14:docId w14:val="4120A74A"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0212281F-7C25-4AC3-8311-E39382D21707}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1188,51 +1180,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1409,460 +1401,395 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003B2905"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="757411446">
+    <w:div w:id="1961572525">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1938245918">
+    <w:div w:id="1964925052">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>68</Words>
-  <Characters>388</Characters>
+  <Words>69</Words>
+  <Characters>398</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>455</CharactersWithSpaces>
+  <CharactersWithSpaces>466</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>