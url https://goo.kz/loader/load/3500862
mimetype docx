--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,622 +1,2998 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00193D81" w:rsidRPr="00193D81" w:rsidRDefault="00193D81" w:rsidP="00193D81">
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00193D81" w:rsidRPr="00193D81" w:rsidRDefault="00193D81" w:rsidP="00193D81">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рекомендации для родителей и учеников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="333333"/>
-[...310 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.       Цели и задачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержки учащимся в процессе выбора профиля обучения и сферы будущей профессиональной деятельности, выработка у школьников сознательного отношения к труду, профессиональное самоопределение в условиях свободы выбора сферы деятельности в соответствии со своими возможностями, способностями и с учетом требований рынка труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олучение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> непротиворечивых данных о предпочтениях, склонностях и возможностях учащихся для разделения их по профилям обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечение широкого диапазона вариативности профильного обучения за счет комплексных и нетрадиционных форм и методов, применяемых на уроках элективных курсов и в воспитательной работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дополнительная поддержка некоторых групп школьников, у которых легко спрогнозировать сложности трудоустройства – учащихся коррекционных классов и школ и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Концептуальной идеей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>методической разработки является усиление роли системы образования как одного из основных социальных институтов в профориентации и профессиональном становлении современной молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методические рекомендации разработаны </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- привлечения внимания руководителей общеобразовательных школ, педагогов, учащихся, родителей к проблеме профессионального самоопределения молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- активизации деятельности образовательных учреждений по содействию  профессиональному самоопределению молодежи через проведение различных мероприятий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>попрофессиональной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ориентации учащихся общеобразовательных школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Планируемые результаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актуализация проблемы профориентации молодежи в условиях современного рынка труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- активизация деятельности образовательных учреждений по осуществлению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы с учащимися и их родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- установление практики сотрудничества в сфере </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности образовательных учреждений, семьи, работодателей, государственных и частных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>негізгі қызметі: біріншіден кәсіптік бағдар беру кабинетінде анықтамалық ақыл-кеңес материалдарын жинау, екіншіден, әр түрлі сыныптарда кәсіптік бағдар беру әдісі және оқушыларға психологиялық-педагогикалық мінездеме дайындау жөнінде мұғалімдер және сынып жетекшілері үшін ақыл кеңес ұйымдастыру; үшіншіден, мамандық жайында оқушылармен әңгімелесетін кәсіпорын өкілдерімен кездесу өткізу; төртіншіден, бүкіл кәсіптік бағдар беру жұмысын жоспарлау, қорытынды жасау.</w:t>
-[...143 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">2.       Организация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы с учетом возрастных особенностей школьников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация работы по профессиональному самоопределению </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наиболее эффективна в совокупности деятельности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>всего педагогического коллектива</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы с детьми можно использовать различные формы, методы и средства, активизирующие познавательную, творческую активность школьников:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  индивидуальные и групповые </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беседы, диспуты, конференции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- психолого-педагогические наблюдения склонностей учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- проектирование индивидуальной образовательной траектории,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- моделирование вариантов профильного обучения и профессионального становления,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-  анализ собственных достижений, составление портфолио;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- организация посещения учащимися Ярмарки учебных мест, дней открытых дверей в вузах и колледжах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- родительские собрания по проблеме формирования готовности учащихся к профильному и профессиональному самоопределению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- встречи учащихся с выпускниками школы — студентами вузов, колледжей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учитель-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предметник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способствует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развитию познавательного интереса, творческой направленности личности школьников, используя разнообразные методы и средства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- проектная деятельность, деловые игры, семинары, круглые столы, конференции, предметные недели, олимпиады, факультативы, конкурсы стенных газет, домашние сочинения и т.д.:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направленность уроков,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- формирование у учащихся </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>общетрудовых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, профессионально важных навыков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- формирование у школьников адекватной самооценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Библиотекарь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способствует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> просвещению </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- подбор литературы для учителей и учащихся в помощь выбору профессии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- организация </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выставок книг о профессиях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и по сферам и отраслям (машиностроение, транспорт, строительство, в мире искусства и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- проведение библиотечных уроков на темы выбора профессии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-обобщение и систематизация методических материалов по профориентации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Социальный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способствует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формированию у школьников группы риска адекватной самооценки, потому что, как правило, у таких детей она занижена:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- педагогическая поддержка детям группы риска в процессе их профессионального и жизненного самоопределения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- консультация учащихся по социальным вопросам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- помощь классному руководителю в анализе и оценке социальных факторов, затрудняющих процесс самоопределения школьника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Школьный психоло</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при наличии) изучает профессиональные интересы и склонности учащихся, осуществляет мониторинг готовности учащегося к профильному и профессиональному самоопределению через анкетирование учащихся и их родителей; проводит тренинги по профориентации учащихся, беседы, психологическое просвещение для родителей и педагогов на тему выбора, психологические консультации с учётом возрастных особенностей учащихся; способствуют формированию у школьников адекватной самооценки, оказывает помощь классному руководителю в анализе и оценке интересов и склонностей учащихся; создает базу данных по профессиональной диагностике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При организации работы с родителями используются различные формы и методы работы: приглашение родителей учащихся для выступлений перед учениками о своей профессии, привлечение их для работы руководителями кружков; проведение родительских собраний, лекториев для родителей, индивидуальных бесед, анкетирования родителей учащихся; помощь родителей в организации временного трудоустройства учащихся в каникулярное время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С учетом психологических и возрастных особенностей школьников можно выделить следующие этапы, содержание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы в школе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-4 классы: формирование у младших школьников ценностного отношения к труду, понимание его роли в жизни человека и в обществе; развитие интереса к учебно-познавательной деятельности, основанной на посильной практической включенности в различные ее виды, в том числе социальную, трудовую, игровую, исследовательскую.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающиеся 1-4 классов должны знать содержание  труда наиболее распространенных профессий; значение труда в жизни человека и общества; различные компоненты трудовой деятельности (предмет труда, орудия труда, трудовые действия и трудовые процессы, результаты труда), должны уметь осуществлять  первоначальные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>общетрудовые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умения и навыки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-7 классы: развитие у школьников личностного смысла в приобретении познавательного опыта и интереса к профессиональной деятельности; представления о собственных интересах и возможностях (формирование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образа “Я”). Обучающиеся 5-7 классов должны знать классификацию профессий; характеристику профессий, понятия «профессиональный интерес», «склонности», «самооценка»; роль способностей в выборе профессии, уметь соотносить  свои интересы, склонности, способности с требованиями избираемой профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-9 классы: уточнение образовательного запроса в ходе факультативных занятий и других курсов по выбору; групповое и индивидуальное консультирование с целью выявления и формирования адекватного принятия решения о выборе профиля обучения; формирование образовательного запроса, соответствующего интересам и способностям, ценностным ориентациям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-11 классы: Обучение действиям по самоподготовке и саморазвитию, формирование профессиональных качеств в избранном виде труда, коррекция профессиональных планов, оценка готовности к избранной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выпускники должны знать  пути и условия формирования профессиональных интересов и склонностей; медицинские показания и противопоказания при выборе профессии; роль способностей в выборе профессии, профессионально важные качества, профпригодность; общие и специальные требования к профессии; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профессиограммы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; источники получения информации о профессиях; ошибки и затруднения при выборе профессии; возможности и пути получения профессии; потребности в кадрах конкретного экономического района; понятие «профессиональный и жизненный планы»; условия оптимального выбора профессии. Должны уметь классифицировать профессии; самостоятельно работать с учебной, справочной и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профессиографической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> литературой;  анализировать и составлять </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профессиограммы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;  моделировать свою профессиональную карьеру; определять причины, затруднения при выборе профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.       Основные направления и принципы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Профессиональная ориентация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– это обобщенное понятие одного из компонентов общечеловеческой культуры, проявляющегося в форме заботы общества о профессиональном становлении подрастающего поколения, поддержки и развития природных дарований, а также проведения комплекса специальных мер содействия человеку в профессиональном самоопределении и выборе оптимального вида занятости,  с учетом его потребностей и возможностей, социально-экономической ситуации на рынке труда.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Рекомендуются  следующие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>направления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- профессиональная информаци</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ознакомление учащихся и родителей с современными видами производства, состоянием рынка труда, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>потребностями хозяйственного комплекса в квалифицированных кадрах, содержанием и перспективами развития рынка профессий, формами и условиями их освоения, требованиями, предъявляемыми профессиями к человеку, возможностями профессионально-квалификационного роста и самосовершенствования в процессе трудовой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- профессиональная консультаци</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я–</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказание помощи человеку в профессиональном самоопределении с целью принятия осознанного решения о выборе профессионального пути с учетом его психологических особенностей и возможностей, а также потребностей общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- профессиональный подбо</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р–</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставление рекомендаций человеку о возможных направлениях профессиональной деятельности, наиболее соответствующих его психологическим, психофизиологическим, физиологическим особенностям, на основе результатов психологической, психофизиологической и медицинской диагностики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- профессиональный отбо</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р–</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определение степени профессиональной пригодности человека к конкретной профессии (рабочему месту, должности) в соответствии с нормативными требованиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- профессиональная, производственная и социальная адаптаци</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> система мер, способствующих профессиональному становлению работника, формированию у него соответствующих социальных и профессиональных качеств, установок и потребностей к активному творческому труду, достижению высшего уровня профессионализма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>компонентами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Профессиональная </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диагностика</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азличные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диагностические методики и тесты позволят определить интересы и предпочтения ученика, мотивы выбора им той или иной профессии, некоторые особенности его характера, личности, имеющие значение для выбора профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Информационное обеспечение – ознакомление школьников </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сразличными</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видами труда в обществе, разнообразием и особенностями профессий, тенденциями </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ихразвития</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, потребностями в кадрах  экономики страны и региона, путями получения профессии, особенностями трудоустройства и последующего профессионального роста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Групповые обучающие занятия и тренинги. Данные занятия должны обучить школьников правилам подготовки к вступительным занятиям, прохождению собеседования при приеме на работу, приемам решения возможных препятствий на пути к профессиональным достижениям и т.п.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Профессиональная консультация – содействие в профессиональном самоопределении учащихся, основанное на индивидуальном изучении личности школьника и оказании адресной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В практике </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы следует руководствоваться следующими </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принципами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- связь профориентации с жизнью, трудом, практикой, предусматривающей оказание помощи учащемуся в выборе его будущей профессии в единстве и взаимосвязи с потребностями современной экономики в квалифицированных кадрах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- систематичность профориентации с 1 по 11 классы при условии обязательной преемственности этой работы из класса в класс; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- дифференцированный и индивидуальный подход к учащимся в зависимости от возраста и уровня </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сформированности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их профессиональных интересов, от различий в ценностных ориентациях и жизненных планов, интересов и способностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- взаимосвязь школы, внешкольных учреждений, семьи, профессиональных учебных заведений, работодателей и общественности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии эффективности результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К основным  результативным критериям и показателям эффективности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы, прежде всего, относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Достаточная информация о профессии и путях ее получения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Без ясного представления о содержании и условиях труда в избираемой профессии школьник не сможет сделать обоснованного ее выбора. Показателем достаточности информации в данном случае является ясное представление им требований профессии к человеку, конкретного места ее получения, потребностей общества в данных специалистах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Потребность в обоснованном выборе профессии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Показатели </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сформированности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребности в обоснованном профессиональном выборе профессии – это самостоятельно проявляемая школьником активность по получению необходимой информации о той или иной профессии, желание (не обязательно реализуемое, но проявляемое) пробы своих сил в конкретных областях деятельности, самостоятельное составление своего профессионального плана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уверенность школьника в социальной значимости труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, т.е. сформированное отношение к нему как к жизненной ценности. По данным исследований жизненных ценностей учащихся 8-11 классов, отношение к труду как к жизненной ценности прямо соотносится у них с потребностью в обоснованном выборе профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Степень самопознания школьника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. От того, насколько глубоко он сможет изучить свои профессионально важные качества, во многом будет зависеть обоснованность его выбора. При этом следует учитывать, что только квалифицированный специалист может дать школьнику достаточно полную и адекватную информацию о его профессионально важных качествах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB358F" w:rsidRPr="00BB358F" w:rsidRDefault="00BB358F" w:rsidP="00BB358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Наличие у учащегося обоснованного профессионального плана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Обоснованность профессионального выбора справедливо считается одним из основных критериев эффективности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы. Показателем обоснованности является умение соотносить требования профессии к человеку со знаниями своих индивидуальных особенностей, те из них, которые непосредственно влияют на успех в профессиональной деятельности, т. е. профессионально важные качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA67C2" w:rsidRDefault="00BB358F"/>
     <w:sectPr w:rsidR="00CA67C2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="inherit">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00193D81"/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsidRoot w:val="00BB358F"/>
     <w:rsid w:val="00842FC4"/>
     <w:rsid w:val="00865F58"/>
+    <w:rsid w:val="00BB358F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -766,132 +3142,143 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB358F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1019,166 +3406,177 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00193D81"/>
+    <w:rsid w:val="00BB358F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB358F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1664121772">
+    <w:div w:id="1757089929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="971865508">
+        <w:div w:id="1577781328">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="869151650">
+        <w:div w:id="1806434814">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1449,50 +3847,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>925</Words>
-  <Characters>5277</Characters>
+  <Words>2091</Words>
+  <Characters>11923</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6190</CharactersWithSpaces>
+  <CharactersWithSpaces>13987</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>