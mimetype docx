--- v0 (2025-12-06)
+++ v1 (2025-12-09)
@@ -1,9427 +1,9432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="54BF09E8" w14:textId="63C91A93" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="5E026ADD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="000179CD" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000179CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының № 6 жалпы орта білім беру мектебі» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DCA866A" w14:textId="432DF5F1" w:rsidR="00566CE5" w:rsidRPr="000179CD" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1930"/>
+          <w:tab w:val="center" w:pos="4960"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000179CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс тілінде оқытатын тәрбие жұмысы жөніндегі басшының орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000179CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  лауазымына (</w:t>
+      </w:r>
+      <w:r w:rsidR="00965A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000179CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос орын) конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D935A15" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...124 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="120AFB6C" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="1507CB2E" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="585243F9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="18F3E612" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="67069CCB" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCDFF8D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...15 lines deleted...]
-          <w:p w14:paraId="03BA02D3" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD1BB35" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>№6</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C800AA">
+              <w:t xml:space="preserve">№6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC773A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="33BEE15B" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w14:paraId="610F04A0" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A5C1C80" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="670A5EFA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4ABE322A" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EA90AA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...15 lines deleted...]
-          <w:p w14:paraId="7D976306" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BC7631" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">генерал Смағұлов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="16C61044" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w14:paraId="450F6459" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3CD8236B" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="18314B43" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4AD3A506" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36211AB7" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...15 lines deleted...]
-          <w:p w14:paraId="346EB943" w14:textId="3B3B482A" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="00743F8F" w:rsidP="008957BB">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0A9BFF" w14:textId="11F7FCBD" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>87182620158</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF6C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="642C4257" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w14:paraId="7C67C606" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="476ABAC6" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="7A897495" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="648C0F00" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064A788F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...15 lines deleted...]
-          <w:p w14:paraId="6C28615E" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="00417D4E" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FFC64F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="7619E38F" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="0894D8E6" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="10F9F2BA" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="3424C1CD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FE18B5B" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="012BA56D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6AAC0E54" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0275F2CF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="000179CD" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000576C3">
-[...45 lines deleted...]
-              <w:t>с русским языком обучения,  1 ставка</w:t>
+            <w:r w:rsidRPr="000179CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс тілінде оқытататын тәрбие жұмысы жөніндегі директордың орынбасары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000179CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 мөлшерлеме</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F0A920" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="000179CD" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000179CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс тілінде оқытататын тәрбие жұмысы жөніндегі директордың орынбасары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000179CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 мөлшерлеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="043AC115" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="1C3D61DC" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5A3BE8F9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="5151B775" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47657465" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F7E452" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="1A2F1BAA" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFEFAA0" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...20 lines deleted...]
-          <w:p w14:paraId="1C44FB7D" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E1A7FE" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...30 lines deleted...]
-          <w:p w14:paraId="1D709CC4" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F662EA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...27 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="6B7B0C2E" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="5A4069B6" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5D0DE6BE" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="79DFE6E5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7959F5FD" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA9E551" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="0B3EEB7E" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19CF0D4D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w14:paraId="07DCE890" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373DF147" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...30 lines deleted...]
-          <w:p w14:paraId="40D2A119" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- орташа арнайы білім- 149,480 теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E5E145F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">181 775,48  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="50E296A7" w14:textId="77777777" w:rsidTr="008957BB">
-[...4 lines deleted...]
-          <w:p w14:paraId="6A8F2137" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="5CE884C3" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="742445DA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FFA3963" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E98BB20" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D784EDA" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="344F8913" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5B75CA66" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4A7E8F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...17 lines deleted...]
-              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет;      и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер"</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46E619ED" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047D7B1C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="76C2531B" w14:textId="77777777" w:rsidTr="008957BB">
-[...4 lines deleted...]
-          <w:p w14:paraId="1FBA5837" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w14:paraId="089219FF" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3A1164" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4AD6FDC3" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BA2063" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7967DA" w14:textId="0055F5B4" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="005D2FEC" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00743F8F">
+            <w:r w:rsidR="00D40767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00FD3797">
+            <w:r w:rsidR="00C22845">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00743F8F">
+            <w:r w:rsidR="00D40767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22845">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40767">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00EF6C34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00743F8F">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40767">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00FD3797">
+            <w:r w:rsidR="00C22845">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00743F8F">
+            <w:r w:rsidR="00D40767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FD3797">
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22845">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="4E6E352C" w14:textId="77777777" w:rsidTr="008957BB">
-[...4 lines deleted...]
-          <w:p w14:paraId="17FB19D6" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="2E162939" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67FC1297" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="171AF74B" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C622B95" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D2ECF37" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D053E3" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E2EFC50" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B926286" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39DAAA3D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C1ADDF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...32 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6537F0F7" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справку</w:t>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14B8AC8D" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="2E243356" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BC0575F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="3DD22A88" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>удостоверение</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>категории не ниже педагога-модератора</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42B67767" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...186 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D0F75A5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D0B894A" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="052122DF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:sz w:val="21"/>
-[...33 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...31 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63437617" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w:rsidRPr="001F4BA9" w14:paraId="61777A91" w14:textId="77777777" w:rsidTr="008957BB">
-[...4 lines deleted...]
-          <w:p w14:paraId="74FAC7E0" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w14:paraId="647BEFB8" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23383385" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="53D2D5FC" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E1D378E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок временно вакантной должности</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5A67F6E4" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="005763A2" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01E90BF2" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="008F0C1B" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t>постоянно</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FA6028A" w14:textId="77777777" w:rsidR="003B2398" w:rsidRPr="001F4BA9" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="01A85784" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32321C20" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="476DC1CE" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B0DA6F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B8A759" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DF8BEB3" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="001F4BA9" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AB8A9CD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5956EFF8" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7740D668" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D6E4168" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CFDC5D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1645D4B9" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FFE7721" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="302CF020" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4704CBE0" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E0E1875" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCD104E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF744F8" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F1DC69E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44598426" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="392F7D19" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DDEF302" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1D8625" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10AFFB02" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A3D2CBB" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E9D3D5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50705A4F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="014570EE" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="600A00F9" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AD4383B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A7E2AB1" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15389A80" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="378BDDF1" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BCE3E4C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="008F0C1B" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...114 lines deleted...]
-        <w:ind w:hanging="142"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2398" w14:paraId="3A746B22" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="25657CD8" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="58DC6E15" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="023891A0" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="4819" w:type="dxa"/>
+          <w:p w14:paraId="4F375A73" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B7809ED" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="1995D7E1" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="67218AF5" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          </w:p>
+          <w:p w14:paraId="2487A503" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CDCCC3F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02D22881" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D944E4D" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53688A1E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D8CA968" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C879603" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>государственных организаций образования</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="684BAE8E" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2892DE43" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Форма</w:t>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F3EC042" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
-[...61 lines deleted...]
-    <w:p w14:paraId="6CFD7E0E" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="41732F67" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="53D9CBBB" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="7AEE6073" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22304A41" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="25F71A68" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319D76E8" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="13BCE0B9" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00E76D37" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="5005E3FC" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49557CAB" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
-[...37 lines deleted...]
-    <w:p w14:paraId="64E59351" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="0D081F07" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56517EF0" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="0B9B1947" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B262FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...9 lines deleted...]
-      <w:r>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58256214" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B262FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F7FA857" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="2D307654" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRPr="00B262FC" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B262FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37383EEC" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B262FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D2A560" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431F0BD9" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1916519C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F69BB58" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="084595FB" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0644D91E" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="70977C85" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4A0594" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="7E90FF50" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C4C2A7" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="1B9F89CA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6C49E0" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="5275C93F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745ADB9B" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
-[...20 lines deleted...]
-    <w:p w14:paraId="5CA7C337" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="0BB65EF1" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF90334" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="6E64E9FD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFC9CC9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="30716FB8" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F179C04" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="0AD7B366" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C92CDA" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="100A0375" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCA9A82" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="6B336A35" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06965BF9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="2E7E50C4" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515324C4" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="3EED3D0E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2398" w14:paraId="364C1714" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="1BA5939E" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DB64DB7" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="2E4C115D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2976" w:type="dxa"/>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3742D701" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D04F81" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="1A3F2060" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-            <w:tcW w:w="2197" w:type="dxa"/>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58B00682" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="02C9C2A5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2765" w:type="dxa"/>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="73F69DE3" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          </w:tcPr>
+          <w:p w14:paraId="113CD729" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5714068C" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6617019B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="2906FF46" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="1A31D626" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="201E3B86" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="3A1CD4FD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42DE54AD" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="7F23B769" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6663583F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="18403E9E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C3D5C34" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="73AEF675" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C7BE5BE" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="04F13C29" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08295E2D" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="359DA7E5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3EBC1A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC32F54" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13FB62FD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E11439A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675B2D8E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEF8CC9" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_____________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360EA802" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="13F8B996" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F47CAB" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B502F63" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="095F8969" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E36E0EC" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="31273A17" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5FB699" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="48EC5FFE" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>__________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64ECBE9B" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="2F2B72BC" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695934E5" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="30DD5982" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4F274F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="36BFA772" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA3CDAD" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="7187845F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701646BA" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="76EE270C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="21A44874" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="295CDEFD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367C5FC9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="6AE34B7A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5C736D19" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="2CD370AC" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532D3212" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="469638F2" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...153 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2398" w14:paraId="0866BA08" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="6EFC3FB3" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5E03C4" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="0C137A2D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33C35FDA" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="6242D727" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69410C61" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="3944E5F5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7F84CB70" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2336CC56" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="247D7E9A" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0849BB0A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D6E979C" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F99202A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="16BB2852" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0073A136" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-              <w:t>Форма</w:t>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67FB75D5" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="5E24A0E0" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34E45DAC" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="3E3C9781" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358CF972" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EA5B8A" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="7C4A4C1F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10425" w:type="dxa"/>
+        <w:tblW w:w="10395" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2398" w14:paraId="47ECE41B" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="20C2F480" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DF46A29" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="49574CEE" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64997CE9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="352F101E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F59E490" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="698A1794" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66A2540F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="71B769F2" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7C7FA514" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          </w:tcPr>
+          <w:p w14:paraId="2468594F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5236F0DB" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="60BBCD88" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="3D98528C" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65F7B2C1" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="722A9E66" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A9172DF" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="680BAF54" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68F0D044" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="23522885" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...18 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7972B92F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="21E94B96" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="41374346" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E058818" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="001CB05F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0542C8F4" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="67A6DB1D" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E23F003" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="0730E6FE" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73BB85D8" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...27 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0A98E4" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="5BDC204C" w14:textId="77777777" w:rsidTr="008957BB">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00566CE5" w14:paraId="0615B51A" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FC8B359" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="17A3981C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7195281C" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="7A0F1614" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...20 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02309EA8" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="2FCEE80A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...18 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E43367A" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="2FA89B54" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="138D9694" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="725BBB3B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="39D67559" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="442ABED8" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...28 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E83A6A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="5ACA4632" w14:textId="77777777" w:rsidTr="008957BB">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00566CE5" w14:paraId="3247CE7E" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="26CFF3A1" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          </w:tcPr>
+          <w:p w14:paraId="09D14997" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D00E09A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12C2302C" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="65B53701" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EBEC2CE" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="740C1101" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="374422DE" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF545EF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...41 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="15888AF6" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="582995EB" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="64ABA179" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CF3C615" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="07C98A6C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F02C5E8" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="59D0121F" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="386F2A8D" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5414A4" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...29 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="374433E2" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="1AA8A834" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="4E8742D6" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53499773" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="361BEE80" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4943F855" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="68996769" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F9AC1C0" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="602108D9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F07B9AA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="6E5D67A3" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="666AA392" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="105DCD42" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2411F8C6" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...28 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="60818A83" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="310AC49B" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="3A787885" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E693369" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="275E8FA7" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34E61139" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="71B9B456" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="792F7585" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="7C4829B2" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...19 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CBC69E7" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="77748593" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="53377CB0" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C35589B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="12B74781" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3595040E" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...36 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C96D72" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="2A56DBB8" w14:textId="77777777" w:rsidTr="008957BB">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00566CE5" w14:paraId="2833CBE9" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05254528" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="3AB45272" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01DAB0A7" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="32CBA7DF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DB7B515" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="49F3E24A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...18 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BAACC3C" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="2C3D0747" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="7269EFF6" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C4CF2D4" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6527AC39" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0C8628" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E838FE3" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="7D6EEED6" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="2C5EC858" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6137FC95" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="66227851" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BE1B8B2" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="536EB0FD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D7752F6" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="5888B386" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45B6A074" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="0F5BFED0" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...84 lines deleted...]
-          <w:p w14:paraId="0A364A00" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="574B30F3" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...91 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA1CDBD" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="457642F4" w14:textId="77777777" w:rsidTr="008957BB">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="3A777C0C" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23CD7B0F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="4B389509" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CF6B6E8" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="54BA5588" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...23 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FD3AE8F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="0B702564" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="36DC7A58" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68571EC7" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="434E4601" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7144B3FF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...18 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CE06B82" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="73BA3991" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A3F5A4C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="38891738" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B7801BA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7E4C93A2" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E740E5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="5AC8BB51" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53B162A3" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="61C6E9DE" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5721F210" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...98 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C502A66" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="25419901" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="154739DE" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64F355F1" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="14DEAEE8" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6634ED71" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="3DE8A5E4" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="178601AA" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="2130EABB" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...18 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0AFA82AB" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA9C5AC" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="47739E88" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48114B19" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="39959B07" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A7AE269" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="374CB84D" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="51FC84EE" w14:textId="77777777" w:rsidTr="008957BB">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="65508EA3" w14:textId="77777777" w:rsidTr="001376EE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60977881" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="6883AF98" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DF6CF18" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="1EF45208" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7073AA93" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="1DFBC165" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...28 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2063C7F5" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="5E36F3EA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="2EFAD3E7" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3848FF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="67A00CD9" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73555B8A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...94 lines deleted...]
-          <w:p w14:paraId="0219C910" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA5B58B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...44 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C326B70" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="20EFBEEA" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w:rsidRPr="005D2FEC" w14:paraId="18B15D65" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="10729"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F847EE4" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="5E7CF33B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7904E843" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="7A8C0D79" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C4F40B5" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="69EDE280" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="17724F06" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="661738F7" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="174E68E8" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F14E39" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B52A929" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D307C89" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, IELTS; TOEFL; DELF;</w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Goethe Zertifikat,</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="361B49F3" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38266A50" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C95109" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4FF0B58F" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A36952C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...10 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B0576BB" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA88AD2" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BE27E8B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B1D75D5" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343E5654" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5682A85C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D81B513" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="60721753" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="240C8A12" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="13F5A5F8" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1019AB3C" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...402 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E6C9619" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="43CAD658" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="66C70755" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="578DB4A0" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...24 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="725742FA" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="158EDBE2" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="12494C04" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="287BE41C" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="6758A6CF" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33EADC7E" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="4F04391A" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...97 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54198AD7" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="700F757B" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...18 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72F0355E" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="1C1AE420" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...19 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EAE5D97" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2398" w14:paraId="0D61D52F" w14:textId="77777777" w:rsidTr="008957BB">
+      <w:tr w:rsidR="00566CE5" w14:paraId="675E92F9" w14:textId="77777777" w:rsidTr="001376EE">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2496230D" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="008957BB">
+          <w:p w14:paraId="20F5E6FC" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...10 lines deleted...]
-            <w:gridSpan w:val="2"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...12 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AB0780" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="004B6497" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="001376EE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D3C36B3" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
+    <w:p w14:paraId="32395B69" w14:textId="77777777" w:rsidR="00566CE5" w:rsidRDefault="00566CE5" w:rsidP="00566CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A0B6DF0" w14:textId="77777777" w:rsidR="003B2398" w:rsidRDefault="003B2398" w:rsidP="003B2398">
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00276C03" w:rsidSect="0057717C">
+    <w:p w14:paraId="5D74A428" w14:textId="77777777" w:rsidR="00FE4AA4" w:rsidRDefault="00FE4AA4"/>
+    <w:sectPr w:rsidR="00FE4AA4" w:rsidSect="00A35BC0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="850" w:bottom="568" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="707" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C04487"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00FD3797"/>
+    <w:rsidRoot w:val="00432F03"/>
+    <w:rsid w:val="003F7BC1"/>
+    <w:rsid w:val="00432F03"/>
+    <w:rsid w:val="00566CE5"/>
+    <w:rsid w:val="005D2FEC"/>
+    <w:rsid w:val="00965A2E"/>
+    <w:rsid w:val="00A35BC0"/>
+    <w:rsid w:val="00A978AC"/>
+    <w:rsid w:val="00AF48BC"/>
+    <w:rsid w:val="00BE48EC"/>
+    <w:rsid w:val="00C22845"/>
+    <w:rsid w:val="00D40767"/>
+    <w:rsid w:val="00EF6C34"/>
+    <w:rsid w:val="00F82D54"/>
+    <w:rsid w:val="00FE4AA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="kk-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6DA62ADE"/>
-  <w15:docId w15:val="{928E1742-8100-4581-BEE6-C9F5D7C7E635}"/>
+  <w14:docId w14:val="1B3595F0"/>
+  <w15:docId w15:val="{D6FBC436-9BF0-4137-975E-9E1189BA4D59}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9767,94 +9772,134 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003B2398"/>
+    <w:rsid w:val="00566CE5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00566CE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00566CE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003B2398"/>
+    <w:rsid w:val="00566CE5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
@@ -10128,54 +10173,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2036</Words>
-  <Characters>11610</Characters>
+  <Words>2009</Words>
+  <Characters>11456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13619</CharactersWithSpaces>
+  <CharactersWithSpaces>13439</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>56</dc:creator>
+  <dc:creator>Люда</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>