--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -150,67 +150,50 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
@@ -3177,1497 +3160,361 @@
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phoenixbooks.ru/books/book/978-5-222-36058-3/ya-podrostok-kratkiy-kurs-vyzhivaniya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bombora.ru/book/63799/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1696916" y="581239"/>
+            <a:ext cx="8792308" cy="3416320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0" smtClean="0">
+                <a:ln w="9525">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="12700" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:schemeClr val="accent5">
+                      <a:lumMod val="60000"/>
+                      <a:lumOff val="40000"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Подборка книг </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0" smtClean="0">
+                <a:ln w="9525">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="12700" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:schemeClr val="accent5">
+                      <a:lumMod val="60000"/>
+                      <a:lumOff val="40000"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для педагогов и родителей </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0" smtClean="0">
+                <a:ln w="9525">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="12700" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:schemeClr val="accent5">
+                      <a:lumMod val="60000"/>
+                      <a:lumOff val="40000"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>о нравственно-половом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0" smtClean="0">
+                <a:ln w="9525">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="12700" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:schemeClr val="accent5">
+                      <a:lumMod val="60000"/>
+                      <a:lumOff val="40000"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>воспитании подростков</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0">
+              <a:ln w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent5"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="12700" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4967653" y="4209983"/>
+            <a:off x="4642338" y="3997559"/>
             <a:ext cx="2277208" cy="2277208"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7508631" y="5348587"/>
             <a:ext cx="4044462" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Подготовила: ЗДВР </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Дайында</a:t>
-[...6 lines deleted...]
-              <a:t>ған</a:t>
+              <a:t>Байжанова</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>: ТЖДО </a:t>
-[...12 lines deleted...]
-              </a:rPr>
               <a:t> Л.К.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...246 lines deleted...]
-              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1039574671"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2391508" y="197511"/>
-            <a:ext cx="9486900" cy="2862322"/>
+            <a:ext cx="9486900" cy="2585323"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Евгений Кащенко, Анна </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Котенева</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
-[...78 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Уже не ребенок, еще не взрослый»</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...953 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Эта книга написана двумя практикующими сексологами. Авторы корректно отвечают на самые откровенные вопросы, которые могут заинтересовать подростка: о мастурбации и поллюции, о девственности и об удовольствии от секса. Можно ли отсрочить интимную близость, но при этом не потерять любовь? Что такое «физическая совместимость»? Как выстроить доверительные отношения? Почему и как меняется тело? Об этом и многом другом сексологи рассказывают спокойно и уважительно. Издание понравится детям 13–16 лет: оно поможет им подготовиться к взрослой жизни и развеет все их сомнения.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect l="30078" t="8718" r="30026" b="8461"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="481557" y="442021"/>
             <a:ext cx="1654974" cy="2096301"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -4681,1469 +3528,128 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="31643" t="7691" r="30965" b="7437"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="481557" y="3386691"/>
             <a:ext cx="1750998" cy="2425023"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2391508" y="3171368"/>
-            <a:ext cx="9717626" cy="3231654"/>
+            <a:off x="2391508" y="2854845"/>
+            <a:ext cx="9717626" cy="3693319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Анна </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Левинская</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1" smtClean="0">
-[...10 lines deleted...]
-              <a:t>» </a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Без </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>секретов» </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
-[...573 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Многие родители избегают разговоров с детьми о телесности и сексе. Но, как показывает практика, чаще всего уже к первому классу многие знают обо всем этом гораздо больше, чем родители могут предположить. Они черпают информацию из общения со сверстниками или находят сведения в интернете. Но ведь не факт, что эта информация соответствует действительности. Анна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Левинская</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...778 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, педагог и многодетная мама, написала эту книгу, чтобы родители могли выстроить доверительные отношения с ребенком любого возраста, чтобы они не боялись говорить с ним на любые темы. Анна уверена, что сексуальное просвещение важно начинать как можно раньше. Обладая знаниями о собственном теле и его границах, о здоровье и безопасности, ребенок сможет вовремя выявить тревожную ситуацию и не постесняется обратиться за помощью. Информация в книге разделена на пять блоков, в каждом из них — инструкции для родителей детей в возрасте 0–3, 4–6, 7–9, 10–15, 16–18 лет.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3907456221"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -6188,4556 +3694,485 @@
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect t="68324"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="449508" y="3683976"/>
             <a:ext cx="2058815" cy="2989385"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2740268" y="195333"/>
-            <a:ext cx="9199685" cy="3139321"/>
+            <a:ext cx="9199685" cy="2862322"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ксения </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Раздрогина</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, Ольга Карасева</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...180 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Об ЭТОМ не рано. Первый этап полового воспитания: от 0 до 6 лет. Книга для родителей» </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Это </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>книга детского гинеколога Ксении </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Раздрогиной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и психолога Ольги Карасевой. Она поможет родителям привести в порядок знания по анатомии, а также подскажет, как разговаривать с ребёнком о теле и взаимоотношениях между полами. Авторы объясняют базовые принципы полового воспитания, особенности физического и психологического развития детей от 0 до 6 лет, основные правила гигиены и многое другое. Развенчиваются мифы о сексуальном воспитании. Книга поддержит родителей, которые стесняются или не знают, с чего начать беседу с ребёнком.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...869 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2740268" y="3683976"/>
-            <a:ext cx="9305192" cy="2862322"/>
+            <a:off x="2740268" y="3884132"/>
+            <a:ext cx="9305192" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Мамен</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Хименес</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...124 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Как говорить с детьми на неудобные темы. Книга для родителей»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Автор </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>— опытный семейный психолог и сексолог. В своей книге она объясняет, для чего в современном мире нужно половое воспитание и из чего оно складывается. На простых примерах </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Мамен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Хименес показывает, какую роль оно играет в безопасности ребёнка и его развитии, какие риски могут возникать из-за умалчивания, стеснения или избегания неудобных тем. Она рассказывает об этапах полового воспитания детей от 0 до 12 лет. Книга поможет родителям подготовиться к первому разговору «про это».</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...841 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3923757314"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect b="64903"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="308096" y="195263"/>
+            <a:off x="325681" y="379901"/>
             <a:ext cx="2039449" cy="3125764"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2740269" y="313989"/>
             <a:ext cx="9120554" cy="3139321"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Альберто </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Пеллай</a:t>
-            </a:r>
-[...95 lines deleted...]
-              <a:t>»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Слишком рано. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сексвоспитание</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> подростков в эпоху интернета»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Интернет </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...195 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>стал неотъемлемой частью жизни людей. Подростки тоже проводят много времени в виртуальном пространстве, где есть контент, к которому они попросту не готовы. Альберто </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Пеллай</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...872 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> — психотерапевт и отец четверых детей написал книгу о том, как заниматься сексуальным воспитанием подростков в эпоху интернета. В ней он рассказывает, какие опасности могут поджидать в сети и как защитить своего ребёнка от них. Автор предлагает стратегию общения, которая позволит родителям наладить контакт со своим ребёнком-подростком и показать ему, для чего нужно соблюдать определённые правила в сети. Книга объяснит, как строить диалог и обсуждать важные темы, чтобы взросление происходило в безопасных условиях.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="515083" y="3841505"/>
             <a:ext cx="1914344" cy="2691179"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2740269" y="3505665"/>
-            <a:ext cx="8891954" cy="2862322"/>
+            <a:ext cx="9120554" cy="3139321"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Соня Рене Тейлор</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>Соня Рене </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...181 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>Тейлор</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Как устроены девочки. Об изменениях фигуры, внешности, перепадах настроения, а также о гигиене и питании»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Сони </a:t>
-[...847 lines deleted...]
-            </a:r>
+              <a:t>Главная </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>задача книги Сони Рене Тейлор — показать девочкам, что они прекрасны, несмотря на изменения, которые происходят в период полового созревания. Автор объяснит, из-за чего меняется тело и случаются перепады настроения, а также почему не стоит из-за этого переживать. Подскажет, как ухаживать за собой и подобрать гигиенические средства, как справиться с эмоциями и внутренними сомнениями. Внутри есть главы, посвящённые питанию и спорту. Полезные знания в книге изложены увлекательно, с чувством юмора и поддержкой, которая необходима девочкам во время переходного возраста.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="535753738"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -10758,2010 +4193,268 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect t="1584"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="436685" y="377659"/>
             <a:ext cx="1822938" cy="2691103"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2582004" y="569048"/>
+            <a:off x="2582007" y="498711"/>
             <a:ext cx="9190893" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Рандж</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Сингх</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Ұл</a:t>
+              <a:t>МАЛЬЧИКовая</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t> книга. Современное руководство по взрослению»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Рандж</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...96 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сингх — врач-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>педиатор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, чья книга стала бестселлером. В ней он объясняет мальчикам, что им ожидать от периода полового созревания. Автор рассказывает о физических изменениях, гормонах и их роли в этих переменах. Книга объясняет, почему бывает трудно контролировать эмоции и почему важно понимать свои чувства. Радж Сингх затрагивает тему личных и чужих границ, первых отношений, гигиены и другие вопросы, которые связаны с переходным возрастом.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...687 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:backgroundRemoval t="6818" b="93182" l="25147" r="75000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="25113" t="6876" r="25340" b="1748"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="1743937">
             <a:off x="-256442" y="3261946"/>
             <a:ext cx="3209192" cy="3446585"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2582005" y="3140675"/>
-            <a:ext cx="9190893" cy="3416320"/>
+            <a:off x="2582007" y="3237391"/>
+            <a:ext cx="8865577" cy="3416320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Юлия Ярмоленко, Марьяна Гилевич</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...1027 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t>Интимный ликбез с родителями и без» </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Книга, с которой хорошо начинать базовое изучение интимных частей своего тела.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В ней даны правильные названия половых органов, которыми, к сожалению, владеет еще далеко не каждый взрослый, что уж говорить о детях. Также в книге есть простые и важные инструкции по личной гигиене, рассказывается, как безопасно пользоваться общественным туалетом и вообще как правильно ходить в туалет.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Ликбез» затрагивает и «стыдные» темы взросления, такие как менструация, эрекция, рост груди, контрацепция, белье.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Важно, что книга написана практикующими экспертами по сексуальному образованию на языке, доступном для детей и подростков. Она рекомендована детям в возрасте от 4 до 10 лет.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="896959939"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -12783,244 +4476,194 @@
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect l="3954" r="3519" b="10932"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="237392" y="351694"/>
             <a:ext cx="1890346" cy="2873325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2488223" y="633048"/>
-            <a:ext cx="9539653" cy="2308324"/>
+            <a:ext cx="9539653" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Кащенко Е.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
-[...15 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Откуда берутся дети</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...3 lines deleted...]
-              <a:t>Балалар психологы Евгений Кащенконың кітабын балаларға да, ата-аналарға да оқыған дұрыс. Автор алғы сөзінде неліктен лаңкестер туралы ертегілердің өзекті еместігін түсіндіреді. Ал кітаптың өзінде жүктілік пен туу, жыныстық қатынас пен контрацепция, жетілу мен махаббат туралы егжей-тегжейлі және ұқыпты баяндайды. </a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Книгу детского психолога Евгения Кащенко лучше читать и детям, и родителям. В предисловии автор объясняет, почему сказки про аистов уже не актуальны. А в самой книге подробно и аккуратно рассказывает о важном: беременности и рождении, сексе и контрацепции, взрослении и любви.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Психологи рекомендуют начинать изучение книги детям 5-9 лет.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...19 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="237392" y="3809894"/>
             <a:ext cx="2176461" cy="2438611"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2623037" y="4013536"/>
-            <a:ext cx="9270024" cy="2128147"/>
+            <a:ext cx="9270024" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Харрис Р.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Осы </a:t>
-[...22 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:t>Давай поговорим про это</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Книга педагога и мамы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Роби</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Харрис – отличный пример того, как нужно рассказывать детям научные факты. Автору удалось вплести непростую информацию в увлекательные истории и яркие иллюстрации. Ребёнок найдёт в пособии ответы на самые разные вопросы – о беременности, родах, семье, теле и даже гендерных стереотипах. А родители – советы о том, как перестать смущаться при подобных разговорах с детьми.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...29 lines deleted...]
-              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1004513862"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -13043,1058 +4686,214 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect b="10458"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="112283" y="316330"/>
             <a:ext cx="2230390" cy="2875277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2778369" y="562516"/>
-            <a:ext cx="9038493" cy="2128147"/>
+            <a:off x="2968868" y="562516"/>
+            <a:ext cx="8847994" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Бэйли</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Д.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Моё тело меняется</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Книга Джерри </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Бейли</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> расскажет подросткам всё, что важно знать о теле. Что такое менструация и эрекция, зачем нужен секс, как правильно соблюдать гигиену – автору удалось деликатно и понятно ответить на эти вопросы. Ещё пособие касается важных психологических аспектов. Например, объясняет, почему здоровые отношения невозможны без открытости и честности.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...29 lines deleted...]
-              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect b="9954"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="196262" y="3604845"/>
             <a:ext cx="2146411" cy="3051881"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2866292" y="3604845"/>
-            <a:ext cx="8950569" cy="2585323"/>
+            <a:off x="2854568" y="3604845"/>
+            <a:ext cx="8962293" cy="2585323"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ибрагим М.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...25 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Твоё личное тело</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...167 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Перед вами весёлая, полезная и прогрессивная книга о женском теле. Спортсменка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Марава</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...286 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Ибрагим написала её вместе с доктором медицинских наук. Пособие разделено на 50 маленьких глав, и каждая посвящена важному: менструации, гигиене, проблемам с кожей и даже вреду каблуков. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Марава</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...362 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t> с юмором рассказывает о неловких моментах в своей жизни, чтобы показать, что ошибаться и меняться – это нормально. А ещё касается темы домогательств и напоминает, почему девочкам важно поддерживать друг друга и не молчать.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2589921941"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -14120,1525 +4919,200 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect b="10065"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="214745" y="237393"/>
             <a:ext cx="1956955" cy="2634590"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2564513" y="415932"/>
-            <a:ext cx="8827476" cy="2031325"/>
+            <a:off x="2564513" y="539025"/>
+            <a:ext cx="9182010" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Тоднем</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> С.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Как устроены мальчики</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...125 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ещё один прекрасный гид по половому созреванию, но уже для мальчиков. Автор Скотт </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Тоднем</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...430 lines deleted...]
-              <a:t>тұр</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> просто и весело рассказывает о том, как соблюдать гигиену и бриться, почему ломается голос и как на организм влияют гормоны. Отдельные главы посвящены новым эмоциям и переменам настроения. А в конце пособия мальчиков ждёт словарик терминов, который поможет лучше понять себя.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="214745" y="3600396"/>
             <a:ext cx="2349768" cy="2558456"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2731477" y="3788982"/>
-            <a:ext cx="8660512" cy="2308324"/>
+            <a:off x="2731476" y="3788982"/>
+            <a:ext cx="8883161" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Харрис Р.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...55 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Давай поговорим про отношения</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Эта книга </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Роби</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...733 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
+              <a:t> Харрис не подойдёт для детей, зато станет отличным руководством для подростков. Помимо вопросов полового созревания, она касается актуальных и особенно важных тем: сексуального насилия, СПИДа и ВИЧ, контрацепции и аборта, поведения в интернете и вреда порнографии. Книга будет полезна и родителям, которые хотят поговорить о сексе с уже повзрослевшим ребёнком, но не знают, с чего начать.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="860526741"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -15664,925 +5138,179 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect b="9317"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="267061" y="287584"/>
             <a:ext cx="1781548" cy="2551015"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2286001" y="408929"/>
-            <a:ext cx="9557238" cy="2308324"/>
+            <a:off x="2286001" y="472222"/>
+            <a:ext cx="9557238" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Макавинта</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> К.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ты имеешь значение! Как девочке выстроить границы</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Свою книгу журналистка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Кортни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...20 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Макавинта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и активистка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Андреа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Вандер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...118 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Плайм</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...647 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> посвятили девушкам. Как выстраивать границы и говорить «нет»? Как справляться с </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>көмектесу</a:t>
+              <a:t>буллингом</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t> и насилием? Как полюбить своё тело и позволить себе быть неидеальной? Цель пособия – ответить на важные вопросы о личности, самооценке, дружбе, сексе и феминизме. А главное – помочь читательницам добиться уважения к себе.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="328607" y="3459454"/>
@@ -16611,1098 +5339,79 @@
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Бадденберг</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Л., Монтгомери А.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...92 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Давай встречаться! Как построить счастливые отношения с тем, кто тебе нравится</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...943 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
+              <a:t>Что делать, если вашему ребёнку кто-то понравился? Не волноваться и вместе обсудить его чувства. А разобраться в тонкостях здоровых отношений поможет эта книга. Она рассказывает, на что нужно обратить внимание подростку при общении с другим человеком, как распознать агрессию и чрезмерный контроль. Книга учит говорить о своих желаниях, выстраивать границы, уважать себя и партнёра. Ещё в каждой главе есть раздел «В виртуальном мире», который объясняет, как тактично общаться в интернете и чего не стоит делать в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>соцсетях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2434358415"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -17755,1174 +5464,61 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Анита Найк</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...41 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>«Как взрослеют девочки»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...1069 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
+              <a:t>У девочек взросление начинается раньше, чем у мальчиков. Скачок роста приходится примерно на десять лет, тогда как у мальчиков — на двенадцать. Поэтому на протяжении пары лет первые обычно выглядят немного старше вторых. И как никогда нуждаются в поддержке и честности. Эта книга — настоящий доверительный разговор с чуткой подругой, которая посоветует, как выбрать первый бюстгальтер, или объяснит, почему на теле внезапно выросли волосы. Автор рассказывает, почему в этом возрасте у девочек так часто портится настроение, как обрести уверенность в себе, как меняются девочки и мальчики. А еще объясняет все про личные границы и про то, как пережить эмоциональные бури без потерь. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="184639" y="3460740"/>
             <a:ext cx="1995854" cy="2709817"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -18952,1079 +5548,80 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Фил </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Уилкинсон</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Как взрослеют мальчики»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...1020 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>.  </a:t>
+              <a:t>Эта книга — настоящий «гид по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пубертату</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» для юношей. Мальчики взрослеют чуть позднее, чем девочки, но и они сталкиваются со множеством физических и эмоциональных изменений, которые делают их ранимыми и тревожными. Из этой книги мальчики узнают, почему у них часто меняется настроение, как физические нагрузки влияют на их самочувствие, как ухаживать за собой и почему стоит заботиться о том, чтобы секс был исключительно безопасным. Бонус: в книге есть еще и советы про то, как избавиться от прыщей и пота, как бриться и как обрести уверенность в себе. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2856279303"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -20153,992 +5750,75 @@
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> и Ксения </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Чистопольская</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«ЖОҚ — </a:t>
-[...13 lines deleted...]
-              <a:t> ЖОҚ»</a:t>
+              <a:t>«НЕТ — всегда НЕТ»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...915 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
+              <a:t>Нет ничего хорошего в том, что другие люди пытаются сломать наши границы. И хотя отказ ставит нас в неприятное положение, очень важно научиться говорить решительное «нет» тому, что нам не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нравится.Авторы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> издания предлагают действенный инструмент — принцип согласия. Это не просто умение ответить «да» или «нет», но и способность принимать самостоятельные решения, понимать, чего на самом деле хочется, достигать согласия с другими в разных сферах жизни, как глобальных, так и очень личных. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="31800" t="7691" r="31746" b="7950"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="334108" y="3648806"/>
             <a:ext cx="1905392" cy="2690447"/>
@@ -21172,1492 +5852,95 @@
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Лидия </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Пархитько</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:t>«Как говорить с детьми о сексе»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Как часто мы избегаем разговоров о сексе и телесности, считая эти темы неловкими или постыдными? Бывает, мы даже боимся назвать вещи (и части тела) своими именами. Однако для того, чтобы ребенок развивался гармонично, учился принимать себя и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...66 lines deleted...]
-              <a:t>»</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бережно относился к своим и чужим чувствам, ему необходимо получить правдивую информацию о разных сторонах жизни. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...701 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А еще ему нужна возможность откровенно говорить с близкими, обсуждать с ними то, что его тревожит. Эта книга научит вас спокойно разговаривать с детьми обо всем, что касается полового воспитания. А заодно подскажет, как привить ребенку здоровое отношение к телу, чтобы избежать стеснения и неприятия, </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...632 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>которые мы и сами порой испытываем. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="378729758"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -22713,1413 +5996,90 @@
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Лена Климова</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...3 lines deleted...]
-              <a:t>Нағыз</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Настоящая девчонка. Книга о </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...41 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>тебе»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...1284 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Автор и редактор Лена Климова, которая много работала с подростками, написала эту книгу, потому что не нашла аналогов, авторы которых уважительно и на равных говорят с девочками на важные темы. Сама Лена так обращается к своим читательницам: «Я уважаю тебя и отношусь к тебе с теплотой и любовью. Я расскажу тебе о том, что знаю, а ты сама решишь, как поступать». Книга — отличный путеводитель по переходному возрасту. Она дает ответы на множество вопросов. Например: какие изменения происходят с моим телом и мозгом, когда я взрослею? Что такое безопасный секс? Как устроена женская репродуктивная система? Как отличить здоровые отношения от нездоровых? Как вести себя, если я столкнулась с </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ғана</a:t>
+              <a:t>буллингом</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
+              <a:t>? В издании нет категоричных наставлений и четких инструкций, только честные размышления автора, основанные на собственном опыте. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="300400" y="3644812"/>
@@ -24161,100 +6121,58 @@
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Тьебо</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...48 lines deleted...]
-              <a:t>оқиғаң</a:t>
+              <a:t>«Месячные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> — твоё личное приключение</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>!»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Писательница </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -24343,1399 +6261,265 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect l="31799" t="7437" r="31903" b="8204"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="474785" y="400899"/>
             <a:ext cx="1806715" cy="2562109"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2672862" y="527791"/>
-            <a:ext cx="9135207" cy="2308324"/>
+            <a:off x="2672862" y="738554"/>
+            <a:ext cx="9135207" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Лия </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Шарова</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:hlinkClick r:id="rId3"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«Мен </a:t>
-[...6 lines deleted...]
-              <a:t>жасөспіріммін</a:t>
+              <a:t>«</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
+              <a:t>Я подросток. Краткий курс выживания</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Аман </a:t>
-[...35 lines deleted...]
-            </a:r>
+              <a:t>»</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Лия </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Шарова</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...633 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> — руководитель международной сети школ безопасности для детей и их родителей «Стоп Угроза». В своей книге она поднимает множество тем, которые важно обсуждать с подростком: первая любовь, травля, здоровые и нездоровые отношения, безопасность в сети и в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>офлайне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. В книге есть отдельная глава для девочек, которая объясняет, как обезопасить себя от приставаний и снизить риск изнасилования.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="474785" y="3702167"/>
             <a:ext cx="1806715" cy="2963012"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2672862" y="4103065"/>
-            <a:ext cx="9012115" cy="2031325"/>
+            <a:ext cx="9012115" cy="1754326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Дженнифер </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ланг</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:hlinkClick r:id="rId5"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...3 lines deleted...]
-              <a:t>Тәуекелсіз</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Секс без риска</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...26 lines deleted...]
-              </a:rPr>
               <a:t>»</a:t>
             </a:r>
-          </a:p>
-[...115 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Эту книгу написала Дженнифер </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ланг</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...353 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> — гинеколог, борец с сексуальным насилием среди молодежи. Она развеивает мифы о сексе, помогает преодолеть подростковые комплексы и выстроить личные границы в отношениях. И да, в книге поднимаются темы, на которые подростки стесняются говорить не только с родителями, но и с ровесниками.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3971584881"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -25973,54 +6757,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2059</Words>
+  <Words>1402</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>85</Paragraphs>
+  <Paragraphs>82</Paragraphs>
   <Slides>13</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>