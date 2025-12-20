--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -1,9271 +1,9628 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4C7D9784" w14:textId="77777777" w:rsidR="000C699F" w:rsidRPr="001F4BA9" w:rsidRDefault="000C699F" w:rsidP="000C699F">
-[...13 lines deleted...]
-    <w:p w14:paraId="092A8E67" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="671D98D2" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00F3711D" w:rsidRDefault="00DF4A7D" w:rsidP="00AE17F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4D48" w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мәшһүр Жүсіп атындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="40A5CB07" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRDefault="00A40329" w:rsidP="002E0A2F">
+    <w:p w14:paraId="757CB07D" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="008961FF" w:rsidRDefault="00A150A7" w:rsidP="008961FF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0353">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00746852" w:rsidRPr="00EE0353">
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00141413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>С</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE0353">
+        <w:t xml:space="preserve">басшысының (директорының) тәрбие </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE17F3" w:rsidRPr="00F3711D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс жөніндегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орынбасарының бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00984DE3" w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidR="00141413" w:rsidRPr="00F53FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(уақытша, негізгі қызметкердің бала күтімі бойынша демалыс кезеңіне </w:t>
+      </w:r>
+      <w:r w:rsidR="00671091" w:rsidRPr="00671091">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>08.10</w:t>
+      </w:r>
+      <w:r w:rsidR="00141413" w:rsidRPr="00671091">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2026 жылға дейін</w:t>
+      </w:r>
+      <w:r w:rsidR="00141413" w:rsidRPr="00F53FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="008535F6" w:rsidRPr="00F3711D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE0353">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...98 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...67 lines deleted...]
-      </w:pPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="7088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="000C699F" w14:paraId="252FDF8B" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00010A22" w14:paraId="316FEB59" w14:textId="77777777" w:rsidTr="006D779A">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="06D2CBFE" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
+          <w:p w14:paraId="4B8BA372" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="470A25F4" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5EDDCD" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00EC773A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...51 lines deleted...]
-            <w:r w:rsidRPr="000C699F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EE0353" w:rsidRPr="000C699F">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>С</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000C699F">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>редняя общеобразовательная школа</w:t>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="000C699F">
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00A150A7" w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C800AA" w:rsidRPr="000C699F">
+              <w:t>Мәшһүр Жүсіп атындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC773A" w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000C699F">
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00EE0353" w14:paraId="79ADFC28" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00F3711D" w14:paraId="1DA3E42E" w14:textId="77777777" w:rsidTr="006D779A">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="389FA340" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="2DA48223" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F469A3A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="1B213329" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0353">
-[...5 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="329783F4" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00EE0353" w:rsidP="00EE0353">
+          <w:p w14:paraId="63B47972" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="0087764F" w:rsidP="00873C6B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140000</w:t>
             </w:r>
-            <w:r w:rsidR="00A40329" w:rsidRPr="00EE0353">
-[...11 lines deleted...]
-              <w:t>улица К.Камзина 62/1.</w:t>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, Қ.Камзин көшесі, 62 /1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00EE0353" w14:paraId="0686AFD0" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00F3711D" w14:paraId="7DF6F764" w14:textId="77777777" w:rsidTr="006D779A">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="22AF868A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="3375836A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42C92749" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="3E3F5705" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0353">
-[...5 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F4FC7A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
+          <w:p w14:paraId="1EFA28AB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0353">
-[...11 lines deleted...]
-              <w:t>61-52-23; 87712684795.</w:t>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0087764F" w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>615223</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7365">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>; 87712684795.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00B776D1" w14:paraId="67D05F28" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00010A22" w14:paraId="6A36AD65" w14:textId="77777777" w:rsidTr="006D779A">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="781369B8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="067DBE47" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCBA9AA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="20F96284" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0353">
-[...5 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F388EEF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00EE0353" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="1A4528B0" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00F3711D" w:rsidRDefault="0087764F" w:rsidP="00CB6B4F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>М.zhusup.pvl@mail.ru</w:t>
+              <w:t xml:space="preserve"> М.zhusup.pvl@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00EE0353" w14:paraId="15EC8727" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00141413" w14:paraId="37F667AF" w14:textId="77777777" w:rsidTr="006D779A">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3FDF76F2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="4EA6E424" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00F3711D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0353">
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE2ED97" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="738B1ADB" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00F3711D" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0353">
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC1A53A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="008C7734" w:rsidRDefault="00EE0353" w:rsidP="00CB70F0">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> работе</w:t>
+          <w:p w14:paraId="3A924556" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="008535F6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшысының (директорының) тәрбие  жұмыс жөніндегі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасарының бос лауазымына </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="187ABECC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="008535F6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087764F" w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00EE0353" w14:paraId="5229BFA6" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00141413" w14:paraId="4E811EF5" w14:textId="77777777" w:rsidTr="006D779A">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2E0997FE" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="02F47AAC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00F3711D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4118C749" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="7812C0A5" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00F3711D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0353">
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA21774" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+          <w:p w14:paraId="02756193" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5B6AB879" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесін ұйымдастыруды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C2CF088" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...47 lines deleted...]
-          <w:p w14:paraId="2833D333" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие жұмысын ағымдағы және перспективалық жоспарлауды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13149117" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>обеспечивает разработку документации по воспитательной работе, по подготовке и</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аға тәлімгерлердің, ұзартылған күн топтары тәрбиешілерінің, сынып</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E0A2F">
-[...6 lines deleted...]
-          <w:p w14:paraId="673A0BD0" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жетекшілерінің, педагог-психологтардың, әлеуметтік педагогтардың және қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру педагогтерінің қызметін жоспарлауды және бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170ED754" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>осуществляет систематический контроль за качеством содержания и проведения</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие жұмысы, мәдени-тәрбие іс-шараларын дайындау және өткізу бойынша</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E0A2F">
-[...6 lines deleted...]
-          <w:p w14:paraId="38E424EC" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжаттаманы әзірлеуді қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F677F4B" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>участвует в подборе педагогов, организует работу по профессиональному развитию,</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесінің мазмұны мен өткізілу сапасына жүйелі бақылауды жүзеге</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E0A2F">
-[...6 lines deleted...]
-          <w:p w14:paraId="23693CF7" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="308B288E" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>координирует взаимодействие администрации, социально – психологических служб</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогтарды іріктеуге қатысады, кәсіби даму, педагогтердің біліктілігін және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E0A2F">
-[...19 lines deleted...]
-          <w:p w14:paraId="1754914C" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кәсіби құзыреттілігін арттыру бойынша жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="659F8DED" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2256C19D" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесін қамтамасыз ететін білім беру ұйымдары әкімшілігінің, әлеуметтік –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық қызметтері мен бөлімшелерінің жұртшылық және құқық қорғау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>органдарының өкілдерімен, ата-аналар қоғамдастығының, қамқоршылық кеңестің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35149BBC" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="754E75EE" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өкілдерімен өзара іс-қимылын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72A73E94" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5E0F19C1" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру процесінің барлық қатысушыларының толерантты мінез-құлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдениетін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1518B851" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="045BE958" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық қызметтің жұмысын және білім алушылар мен тәрбиеленушілерді,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7063BB56" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="007B3DC0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оның ішінде ерекше білім беру қажеттіліктері бар білім алушыларды</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E0A2F">
-[...6 lines deleted...]
-          <w:p w14:paraId="55137B7B" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық-педагогикалық сүйемелдеу процесін үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D16D01F" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="67750575" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мектеп-ата-ана қатынастарының жаңа нысандарын, мектеп пен отбасының толық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзара іс-қимылын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F3B1519" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="007B3DC0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушыларға медициналық қызмет көрсету жағдайын бақылауды жүзеге</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E0A2F">
-[...6 lines deleted...]
-          <w:p w14:paraId="0F5F494D" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A51FC6" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="558BC2BF" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие іс-шараларын өткізу кезінде ақпараттық-коммуникациялық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41C0B18B" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6DBB06EE" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологияларды қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1867E755" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="3B05C7BB" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>киберкультураны (компьютерлік технологиялар мүмкіндіктерін пайдаланады) және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кибергигиенаны дамытады (интернет желісінде жұмыс істеу дағдылары мен білімі бар);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65226671" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="67CC20BB" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылардың, педагогтердің конкурстарға, слеттерге, конференцияларға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C0F096" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="1D1090EF" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кәсіптік бағыт беру жұмыстарын жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BDAAE24" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="1F94E2FD" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>есептік құжаттаманың сапалы және уақтылы тапсырылуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F577A77" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="2DD4C64C" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналар үшін педагогикалық консилиумдар ұйымдастырады және өткізеді;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A01E378" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="56C828E6" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мектеп парламентінің, дебат қозғалысының, оқушылардың өзін-өзі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>басқаруының, "Жас қыран", "Жас ұлан" балалар ұйымдарының жұмыстарын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3580744C" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="57D5F0D8" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Қоғамға қызмет ету", "Отанға тағзым", "Үлкендерге құрмет", "Анаға құрмет"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоғамдық-пайдалы жұмыстарын ұйымдастырады.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFA4B46" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00010A22" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="458580E2" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адамгершілік-рухани білім беруді қамтамасыз етуде "өзін-өзі тану" пәнінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогымен өзара іс-қимыл жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C2670BA" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2DAE45F4" w14:textId="77777777" w:rsidR="002E0A2F" w:rsidRPr="002E0A2F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдары түлектерінің қауымдастығын құру және қызметін қамтамасыз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010A22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ету бойынша жұмысты үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BF8788" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00671091" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="11BE720B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="000C699F" w:rsidRDefault="002E0A2F" w:rsidP="002E0A2F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00671091">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымы мұражайының жұмысын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63BF3EE7" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0A2F">
-[...167 lines deleted...]
-          <w:p w14:paraId="24101A41" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00EE0353" w:rsidRDefault="00A40329" w:rsidP="00EE0353">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>туристік жорықтар мен экскурсиялар ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ADCFD3C" w14:textId="77777777" w:rsidR="00141413" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-            <w:r w:rsidR="00EA6480">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>білім алушылардың бойында патриоттық тәрбие, іскерлік қарым-қатынас</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EA6480" w:rsidRPr="00EA6480">
-[...1091 lines deleted...]
-          <w:p w14:paraId="02AB347D" w14:textId="77777777" w:rsidR="00EA6480" w:rsidRPr="00113D89" w:rsidRDefault="00EA6480" w:rsidP="00EA6480">
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>дағдыларын, тамақтану мәдениетін қалыптастыруды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEBAE0E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00141413" w:rsidRDefault="00141413" w:rsidP="00141413">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>білім алушылар, тәрбиеленушілер, педагогтар және басқа да қызметкерлер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141413">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>қағидаттарын бойына сіңіреді.__</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00F3711D" w14:paraId="45F221DC" w14:textId="77777777" w:rsidTr="006D779A">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8D8EF8" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00F3711D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE0353">
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B2A480" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00F3711D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675D8542" w14:textId="77777777" w:rsidR="001F1320" w:rsidRPr="00F3711D" w:rsidRDefault="008E7665" w:rsidP="006D779A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>временно, на период отпуска по уходу за ребенком основного работника</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003A0589">
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00422B19">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">до </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00422B19" w:rsidRPr="00422B19">
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09CE2F1D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00F3711D" w:rsidRDefault="001F1320" w:rsidP="001B386F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>08.10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00422B19">
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00643A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>172 014,84</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00010A22" w14:paraId="029A559D" w14:textId="77777777" w:rsidTr="006D779A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7509C2D8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1284D514" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CEF1671" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2026 года</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D094F83" w14:textId="77777777" w:rsidR="00EA6480" w:rsidRPr="002E0A2F" w:rsidRDefault="00EA6480" w:rsidP="00EA6480">
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3CAD0A" w14:textId="77777777" w:rsidR="001B386F" w:rsidRPr="001B386F" w:rsidRDefault="001B386F" w:rsidP="001B386F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогикалық немесе өзге де кәсіптік білім немесе педагогикалық қайта даярлауды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>растайтын құжат, педагогикалық жұмыс өтілі кемінде 3 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C7371D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="001B386F" w:rsidP="001B386F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) білім беру ұйымының "үшінші біліктілік санатты басшысының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орынбасары" немесе "екінші біліктілік санатты басшысының орынбасары" немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> " </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші біліктілік санатты басшысының орынбасары" біліктілік санатының болуы не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог – сарапшы" біліктілігінің болуы немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "педагог – зерттеуші" немесе "педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шебер" біліктілігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00F3711D" w14:paraId="0F4E1765" w14:textId="77777777" w:rsidTr="006D779A">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D32819" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:pPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B62C8A" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D77271" w14:textId="69B21AD0" w:rsidR="00B1578A" w:rsidRPr="007832B7" w:rsidRDefault="000202C4" w:rsidP="00784E14">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18.04.2024-26.04.2024 ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00010A22" w14:paraId="72F3A534" w14:textId="77777777" w:rsidTr="006D779A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E435F6" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF70804" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00F3711D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21FB5FA4" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="001C3504" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1) осы Қағидалардың </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z267" w:history="1">
+              <w:r w:rsidRPr="00F3711D">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>15-қосымшаға</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4390D67E" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2681774B" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FCA31B7" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="001C3504" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE21F89" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="001C3504" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE08D61" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6)"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00F3711D">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="149CAE70" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="001C3504" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59DCBD40" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="045533CB" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе қолданыстағы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53B0A9AB" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3504">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағылшын тілі педагогтері лауазымына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B69E46E" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="686D2B99" w14:textId="77777777" w:rsidR="009053CD" w:rsidRPr="007832B7" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) 16-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007832B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F2E6C0B" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="00F3711D" w:rsidRDefault="009053CD" w:rsidP="009053CD">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) тәжірибесі жоқ кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007832B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бейнепрезентациясы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(өзін-өзі таныстыру) ұзақтығы кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007832B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00984DE3" w:rsidRPr="00010A22" w14:paraId="2DE5B0F9" w14:textId="77777777" w:rsidTr="006D779A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0815B979" w14:textId="77777777" w:rsidR="00984DE3" w:rsidRPr="00F3711D" w:rsidRDefault="00984DE3" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44791AEB" w14:textId="77777777" w:rsidR="00984DE3" w:rsidRPr="00F3711D" w:rsidRDefault="00984DE3" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="750A798B" w14:textId="77777777" w:rsidR="00984DE3" w:rsidRPr="001B386F" w:rsidRDefault="00784E14" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3711D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B386F" w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уақытша, негізгі қызметкердің бала күтімі бойынша демалыс кезеңіне </w:t>
+            </w:r>
+            <w:r w:rsidR="00671091" w:rsidRPr="00671091">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>08.10</w:t>
+            </w:r>
+            <w:r w:rsidR="001B386F" w:rsidRPr="00671091">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="001B386F" w:rsidRPr="001B386F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жылға дейін</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="743E9134" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00EE0353" w:rsidRDefault="00452A41" w:rsidP="00EE0353">
+    <w:p w14:paraId="5FC31473" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="00F3711D" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F556FDA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00982908" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
-[...15 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="59F4715E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00F3711D" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BB0D0B1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="11AE0B14" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00F3711D" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3942EF9E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="5CEBAF44" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57EF47A7" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="58AFBBF6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="119CC7E8" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="68CABAA9" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46ADDAE2" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="4467CD9F" w14:textId="77777777" w:rsidR="00C05329" w:rsidRPr="00F3711D" w:rsidRDefault="00C05329" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16B2F482" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="5D4819A3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A5AE1FC" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="320C69FE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B9C7AAE" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="214AFEB5" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D1B41E5" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="551A1987" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19BBE27C" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="65523D96" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57EC5EED" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="1F1192C3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22028690" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="00381291" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55F0FB55" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="022D0259" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18E6CE7D" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="13BFB042" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="698C4662" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="3BD97E00" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4575078D" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="21C39C22" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35AF7FEB" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="68498324" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28CB3017" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="6738DE28" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1600B468" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="0BAF9BD2" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F3711D" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3415A949" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="6AF9815B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E0C3581" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="00E47780" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="756D637C" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="57C90B4B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="008E9326" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="56C31303" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78AFB918" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="14BD4C6F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085CD8F1" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="3D29F8D8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CFB40EF" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="0E3C4AFE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DF6F12E" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="3A15A18E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AE38FA9" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="370B46BF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46A5ED12" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6684A3A7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09872EE3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF22422" w14:textId="77777777" w:rsidR="00F3711D" w:rsidRDefault="00F3711D" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6060F914" w14:textId="77777777" w:rsidR="00F3711D" w:rsidRPr="001B386F" w:rsidRDefault="00F3711D" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03404E1C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00790B31" w14:paraId="21953682" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w14:paraId="7A67E7AE" w14:textId="77777777" w:rsidTr="00E8220C">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2422C831" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="5501337B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00CD39EE" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A20CF14" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00CD39EE" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6566BD77" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="47B4F121" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F7191E" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="317F6AE1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0393680B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F7191E" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00DC10A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0033FBC1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="490B146F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F7191E" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="654DCF90" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="491BC722" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F7191E" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7520A6D8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B330E7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F7191E" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-              <w:t>Форма</w:t>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7458D385" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="0043153B" w:rsidRDefault="0038586E" w:rsidP="0038586E">
-[...43 lines deleted...]
-    <w:p w14:paraId="31BB0A84" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="7F2FEF46" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...28 lines deleted...]
-      </w:r>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F8F2B96" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="0038586E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6CFB5460" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05329">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00982908">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05329">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62881E30" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="00E0E223" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00F7191E" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E50048C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00437A2D" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECB52AA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00EE4EFD" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң Т.А.Ә. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFB0BA7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008C5F65" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="092F26F7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00437A2D" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0038586E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00982908" w:rsidRPr="008C5F65">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F69816" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="0038586E" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0038586E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F357356" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>____________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0038586E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFAD4F2" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00790B31" w:rsidRDefault="0038586E" w:rsidP="0038586E">
-      <w:pPr>
+    <w:p w14:paraId="00968117" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00C05329">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұр</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жері, тіркелген мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2406B15D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008C5F65" w:rsidRDefault="0038586E" w:rsidP="0038586E">
-[...35 lines deleted...]
-    <w:p w14:paraId="2FCEFC8D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="28E2F07A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C75E82" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32BB76CE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="253036BD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC97E8C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="45B0BB67" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E11FDA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3908A62A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008C5F65" w:rsidRDefault="00982908" w:rsidP="0038586E">
+    <w:p w14:paraId="28122C3C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00DB7365" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDB62EA" w14:textId="77777777" w:rsidR="00E544BE" w:rsidRPr="008C5F65" w:rsidRDefault="00E544BE" w:rsidP="0038586E">
-[...14 lines deleted...]
-    <w:p w14:paraId="4A6E73B0" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="5C37B271" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C424F6" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A590820" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="5FC57F2D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00DF4A7D" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1499574B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="00E544BE">
+    <w:p w14:paraId="36ACD14B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C424F6" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-        <w:t>_</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B69D67" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008C5F65" w:rsidRDefault="0038586E" w:rsidP="00E544BE">
+    <w:p w14:paraId="1EE5EBF6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00DB7365" w:rsidRDefault="0038586E" w:rsidP="00C05329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        <w:t>_</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05329" w:rsidRPr="00DB7365">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC16B5C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="7599FB4E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00437A2D" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымның атауы, мекенжайы (облыс, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан, қала/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10407454" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="2F4ACF5B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B00AEE" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13BB6E12" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="64019ED0" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C75E82" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өзім туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187A5AD2" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="2D3679B7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C75E82" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2123"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2755"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="136426F8" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00C05329" w14:paraId="110A1A60" w14:textId="77777777" w:rsidTr="00E8220C">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28FAD932" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="1DE82764" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E3BECDC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6B21C4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="0BFAA358" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C05329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>учебного заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB1940F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="29591E58" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11FDA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C05329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A89E634" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="5AEDD25C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4751422A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            </w:pPr>
+            <w:r w:rsidRPr="00C05329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70ABFCB2" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11FDA">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="05D28C54" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00C05329" w14:paraId="0FE5439C" w14:textId="77777777" w:rsidTr="00E8220C">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0437A62E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="4BA282F5" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65EEDB05" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="3486BFAE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17554462" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="30744569" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2D16DA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="7797A6C1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="795E31E7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="695F7722" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DAD5E62" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="00C25799">
+    <w:p w14:paraId="0E6A4DCA" w14:textId="77777777" w:rsidR="00C05329" w:rsidRPr="00C05329" w:rsidRDefault="00C05329" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-        <w:t>_</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілік </w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының болуы (бер</w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні):______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0AABFE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="1F36EA38" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="077519AD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="18C423CA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E11FDA">
-[...21 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3266B2A1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="379DADC3" w14:textId="77777777" w:rsidR="008961FF" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Келесіжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E11FDA">
-[...21 lines deleted...]
-        <w:t>___</w:t>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DF877B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008C5F65" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="371FE037" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225D4DFB" w14:textId="77777777" w:rsidR="00C25799" w:rsidRPr="008C5F65" w:rsidRDefault="00C25799" w:rsidP="0038586E">
+    <w:p w14:paraId="5CE977AB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708556EB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="03A0C539" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008961FF" w:rsidRDefault="008961FF" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4664732D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="49BAD6FA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="16A35E4A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="1FD6024C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E11FDA">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_____</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t xml:space="preserve">сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146507AA" w14:textId="77777777" w:rsidR="00C25799" w:rsidRPr="00E11FDA" w:rsidRDefault="00C25799" w:rsidP="0038586E">
+    <w:p w14:paraId="7022F067" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02E3C2E1" w14:textId="77777777" w:rsidR="00C25799" w:rsidRPr="00E11FDA" w:rsidRDefault="00C25799" w:rsidP="0038586E">
+    <w:p w14:paraId="076D949C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00C05329" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11EADB73" w14:textId="77777777" w:rsidR="008961FF" w:rsidRDefault="008961FF" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76B7D51A" w14:textId="77777777" w:rsidR="00C25799" w:rsidRDefault="00C25799" w:rsidP="0038586E">
+    <w:p w14:paraId="79F175C8" w14:textId="77777777" w:rsidR="008961FF" w:rsidRDefault="008961FF" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05773C77" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="0038586E">
+    <w:p w14:paraId="3F4083E6" w14:textId="77777777" w:rsidR="008961FF" w:rsidRDefault="008961FF" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="216BADB4" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="0038586E">
+    <w:p w14:paraId="2910ED57" w14:textId="77777777" w:rsidR="008961FF" w:rsidRDefault="008961FF" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AF38A4A" w14:textId="77777777" w:rsidR="00FC6FEA" w:rsidRPr="00FC6FEA" w:rsidRDefault="00FC6FEA" w:rsidP="0038586E">
+    <w:p w14:paraId="096DF3D5" w14:textId="77777777" w:rsidR="008961FF" w:rsidRDefault="0038586E" w:rsidP="008961FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2C0CFFB1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="5A2FE1F5" w14:textId="77777777" w:rsidR="008961FF" w:rsidRPr="008961FF" w:rsidRDefault="0038586E" w:rsidP="008961FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="09B9F5BB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="79FC5AF4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008961FF" w:rsidRDefault="008961FF" w:rsidP="008961FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       (</w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="00C05329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:r w:rsidR="0038586E" w:rsidRPr="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3E14C4E6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="00C25799">
+    <w:p w14:paraId="613A3282" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="008961FF" w:rsidRDefault="008961FF" w:rsidP="008961FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008961FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B08669" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="en-US"/>
-[...95 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DD28DB6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w14:paraId="5F21342C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="2D8217C4" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00B25802" w14:paraId="655DBE91" w14:textId="77777777" w:rsidTr="00E8220C">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51935702" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="17DB6782" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C7DC40A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="571EB2CD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD68515" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="4FBE54BD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11FDA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="03BC3B1E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53C5B093" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11FDA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6734A21F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6213D00A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11FDA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="693C7040" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D210B44" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E11FDA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4EAB4428" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>қағидаларына 1</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1987">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B9FE4D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-              <w:t>Форма</w:t>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72D677F1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="58649E69" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00B25802" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28C44C2B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="271E04E7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00E11FDA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E11FDA">
+      <w:r w:rsidRPr="00FE41A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAACB97" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+    <w:p w14:paraId="45AED4D4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="0038586E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE41A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F27AAB8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="0038586E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...38 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="4E887443" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="30D28398" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E9E8731" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="0FCD4FA8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22B5658E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="52758858" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2405AAB7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="01FC672C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0872F5D1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="4B0EB63C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4D0368" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="0E71FEEF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E11FDA">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="464DC6DA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E11FDA">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="3DAF408C" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="39D1DAE3" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63E1131E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="170F355D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CA74B80" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="3D7EEDC7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Уровень образования</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49085307" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="4974BF96" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F66121A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="1EE6C499" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="69D15220" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1610D2AA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="1E4877EF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6E7643" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="5D2DCB49" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EBBAC27" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...8 lines deleted...]
-          <w:p w14:paraId="40DCA9F4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C81667" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C70C7D6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="27105D23" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="3FCCAB8A" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="056B8ABA" w14:textId="77777777" w:rsidTr="00FE41A4">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="074C129B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="42C701C5" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C726C53" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="679BAB18" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...6 lines deleted...]
-              <w:t>академическая степень</w:t>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CB25F7B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="59FFB153" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0205B56C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="4142B5CA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...8 lines deleted...]
-          <w:p w14:paraId="300DAB81" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3744CACB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="17794158" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6524A15D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...22 lines deleted...]
-              <w:t>андидат наук = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21CC9068" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="494F61E6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="653B58F2" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="5AC0C164" w14:textId="77777777" w:rsidTr="00FE41A4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29DDAB18" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="09B5B0B4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A48A689" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37F98904" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="702991A2" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B0A3B5C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="05C4F914" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5294419D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="7094263D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...36 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A67A540" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7E8BF847" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="0CE354F9" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="4DBB3829" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30D02DCE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="2FC7EE13" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D7A1546" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="24051317" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Квалификационная категория </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F8EE551" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="71BA1811" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3344C5B7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="0B3A45A8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7061B9A5" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558EECB6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="701BE9AC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671BE22C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="79E059B3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33C0ACF1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="2EDE2FB9" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B7762B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="1CD9A440" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="763CF036" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="647EEF22" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD84859" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...22 lines deleted...]
-              <w:t>едагог-мастер = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A8DAEB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="765C4B21" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="3F74578C" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00010A22" w14:paraId="2514472F" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="083F81A4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="22664A73" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="075D385D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="4942D12E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E47FBB6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="235F9C6B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A904A3C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="26006C05" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="1C7CC6D3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="793CC9AA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="79E45D1F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C117466" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D5719C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="34AB276D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="521BA174" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="7007046E" w14:textId="77777777" w:rsidTr="00FE41A4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D4F6295" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="15FB8D99" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1985EE55" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="6E73F0E9" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="421504A0" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="70EDFBAD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B5F4E7C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="74DCFE60" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="5252B526" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D17A3AE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...8 lines deleted...]
-          <w:p w14:paraId="49FC654B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EEF3F52" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...5 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C6DD10" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6B5D2951" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="2494EDC0" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00010A22" w14:paraId="2E536163" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="090DB5B0" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="5841E17A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6DFFCC8B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="7273E65A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0956E5C3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="6358ED26" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...29 lines deleted...]
-              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65B927A7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="658EBEB7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...84 lines deleted...]
-          <w:p w14:paraId="0B332C41" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3037729C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...85 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E98522A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5A349560" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="5267AFF6" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00010A22" w14:paraId="0AA278F2" w14:textId="77777777" w:rsidTr="00FE41A4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0071A616" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="4FCBE0D1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="22FD4A79" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="5B7C8133" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...17 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A1ECB70" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="5275621C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3A6F77F8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C41AB2D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="615A3304" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E50E9D6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C641D0F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="0127A6C4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69354F98" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...8 lines deleted...]
-          <w:p w14:paraId="07BBA4EA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3B625F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="44B25E07" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A39A7E3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="09CE1527" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00EA6CFC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="420E2E24" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C63B7E5" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...92 lines deleted...]
-              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="258DF7C9" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="58929672" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="4B6EFE88" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="5D955AC3" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6ED65751" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="1606941D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2FE0AE4C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="156CD8DB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="598B546D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="0BC80581" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5132C9FD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="1387E555" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...8 lines deleted...]
-          <w:p w14:paraId="247BDA6F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F759B95" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...8 lines deleted...]
-          <w:p w14:paraId="3E77A0E7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DDE9BB0" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...35 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42081734" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="200792BF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="7158E742" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00010A22" w14:paraId="7D1DC375" w14:textId="77777777" w:rsidTr="00FE41A4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C277CAC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="45C7DF94" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11E6C773" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="1FD90A75" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D7E4F15" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="6472EE3D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51ACBD55" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="282A7BCB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="6AE84483" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00DBE83A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="6B993F3D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F68A582" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...93 lines deleted...]
-          <w:p w14:paraId="711BE57E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CA214B1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...38 lines deleted...]
-              <w:t>ностранный) = 5 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="564006FC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="31008C93" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="07FAA9CE" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00010A22" w14:paraId="297F51A0" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="10729"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AACB686" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="79E05A75" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4EE33415" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="2EFB3D8E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D51D7C7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="77753E95" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="47CFD871" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67EEDDB3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0BAF374D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BC1ABB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="385A57B1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE30062" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, IELTS; TOEFL; DELF;</w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Goethe Zertifikat,</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="5BE94D0D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B929CB3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3292447D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...17 lines deleted...]
-          <w:p w14:paraId="203DE1E3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="305A3180" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...10 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F29B6EC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E5B30C8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B6B5993" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00582BFB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="519BEBEA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65B63E88" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B89DD6C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E11FDA">
-[...8 lines deleted...]
-          <w:p w14:paraId="010F861A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13002EEF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="4B98559B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0915513B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="17"/>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...397 lines deleted...]
-              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C5FE1E8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="11DA0613" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="156A4E63" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7427BEDF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...20 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4DDBEC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="33D26527" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="63E6A170" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="36F12F9C" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3650F8BC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="146B3368" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>12</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B632747" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="6F9FCCCF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...91 lines deleted...]
-              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05E6A69D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="60810B99" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C928403" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="51A6C3B9" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDF6306" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="05AF7391" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w14:paraId="69807282" w14:textId="77777777" w:rsidTr="002E0A2F">
+      <w:tr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w14:paraId="7D85233B" w14:textId="77777777" w:rsidTr="00FE41A4">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21CC31BC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="5DBC3469" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE41A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="319CD04A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
+          <w:p w14:paraId="18337797" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67EF7C4D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="002E0A2F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="097F8E5C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00E8220C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FB5CB93" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidRDefault="0038586E" w:rsidP="00570A1F">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w14:paraId="77A57708" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidRDefault="0038586E" w:rsidP="00CD39EE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0038586E" w:rsidRPr="00E11FDA" w:rsidSect="00556C2B">
+    <w:sectPr w:rsidR="0038586E" w:rsidRPr="00FE41A4" w:rsidSect="00D41016">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -9616,50 +9973,189 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="369E7CC6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B49A1BAE"/>
+    <w:lvl w:ilvl="0" w:tplc="2F703594">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="644"/>
+        </w:tabs>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9782CC00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3450"/>
+        </w:tabs>
+        <w:ind w:left="3450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9728,51 +10224,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9841,51 +10337,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9934,820 +10430,854 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1652712482">
+  <w:num w:numId="1" w16cid:durableId="2047366129">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2052070822">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1433013114">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="468523855">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="4" w16cid:durableId="2009405784">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1932348302">
+  <w:num w:numId="5" w16cid:durableId="836926151">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1068727181">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2018847489">
-[...5 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="616564376">
+  <w:num w:numId="7" w16cid:durableId="324167357">
     <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="00010A22"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="000202C4"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="000966FC"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A6EC5"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B19C8"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
-    <w:rsid w:val="000C699F"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00141413"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B386F"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C3504"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D5B9E"/>
     <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E5A2E"/>
+    <w:rsid w:val="001F1320"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="0023799F"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D1987"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E0A2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00364092"/>
     <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00372F23"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
-    <w:rsid w:val="003F395D"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00404F3B"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
-    <w:rsid w:val="00422B19"/>
+    <w:rsid w:val="00421747"/>
+    <w:rsid w:val="004245F2"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="004933D6"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004D7E20"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
-    <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
-    <w:rsid w:val="00556C2B"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="005646E7"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
-    <w:rsid w:val="00570A1F"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
-    <w:rsid w:val="005B453D"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
-    <w:rsid w:val="00604397"/>
     <w:rsid w:val="00604AF0"/>
-    <w:rsid w:val="0060508E"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00643A94"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="00671091"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006D779A"/>
     <w:rsid w:val="006E15FD"/>
-    <w:rsid w:val="006E20CC"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="0071752C"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
-    <w:rsid w:val="00746852"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00764CC8"/>
+    <w:rsid w:val="00765951"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
-    <w:rsid w:val="0078320C"/>
+    <w:rsid w:val="007832B7"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00784E14"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007B3DC0"/>
-    <w:rsid w:val="007C57B7"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="0085230E"/>
+    <w:rsid w:val="008535F6"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
+    <w:rsid w:val="0087764F"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008961FF"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C5F65"/>
-    <w:rsid w:val="008C7734"/>
     <w:rsid w:val="008D234C"/>
-    <w:rsid w:val="008D598A"/>
     <w:rsid w:val="008D6A9A"/>
-    <w:rsid w:val="008D7749"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
-    <w:rsid w:val="008E31F7"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00907F7B"/>
+    <w:rsid w:val="009053CD"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
-    <w:rsid w:val="00960EC4"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
-    <w:rsid w:val="00977E14"/>
     <w:rsid w:val="009808C8"/>
-    <w:rsid w:val="00982908"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="00984DE3"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A150A7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A25A42"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE2CFC"/>
+    <w:rsid w:val="00AE17F3"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
-    <w:rsid w:val="00AF0266"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B56DD6"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
-    <w:rsid w:val="00B776D1"/>
     <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C17BB0"/>
+    <w:rsid w:val="00C05329"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C25799"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
-    <w:rsid w:val="00C84740"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C926F2"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00C9735E"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
-    <w:rsid w:val="00CB70F0"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D12E0C"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D41016"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D544D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D63B98"/>
+    <w:rsid w:val="00D661C1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D9619F"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DA58C4"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB7365"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD217A"/>
+    <w:rsid w:val="00DD4575"/>
+    <w:rsid w:val="00DD4D48"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE0FB1"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
-    <w:rsid w:val="00E05C7B"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
-    <w:rsid w:val="00E11FDA"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E45BDB"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
-    <w:rsid w:val="00E544BE"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E8220C"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EA6480"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00EE0353"/>
-    <w:rsid w:val="00EE1E4D"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F163F0"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F3476F"/>
     <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F3711D"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
+    <w:rsid w:val="00F53AAD"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
-    <w:rsid w:val="00F655AB"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F82C3B"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00F8569D"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB1C66"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC4C5F"/>
     <w:rsid w:val="00FC6E8F"/>
-    <w:rsid w:val="00FC6FEA"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE41A4"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF4F72"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71900162"/>
+  <w14:docId w14:val="294D8CC9"/>
   <w15:docId w15:val="{FC944131-66C4-44E4-BEB8-E2144BCDABF1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11106,51 +11636,70 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F655AB"/>
+    <w:rsid w:val="00034D7D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F3711D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -11259,117 +11808,183 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00E41FA4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ul">
+    <w:name w:val="Ul"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00421747"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009053CD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F3711D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="2975967">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1063330580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2135907974">
+    <w:div w:id="2032796057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300033320" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11620,78 +12235,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8C8A823-FBDF-4169-BA33-913248210D62}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75514CB9-7C06-466D-B0B7-ABC342FD7815}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2307</Words>
-  <Characters>13153</Characters>
+  <Words>2262</Words>
+  <Characters>12897</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
+  <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15430</CharactersWithSpaces>
+  <CharactersWithSpaces>15129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>