--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,2166 +1,1153 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EB47DE" w:rsidRPr="00EB47DE" w:rsidRDefault="00EB47DE" w:rsidP="001B6789">
+    <w:p w:rsidR="0073173E" w:rsidRPr="0073173E" w:rsidRDefault="005B743E" w:rsidP="0073173E">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Консультативтік пункт туралы ереже</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="0073173E" w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Положение о консультативном пункте</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB47DE" w:rsidRPr="00EB47DE" w:rsidRDefault="00EB47DE" w:rsidP="00EB47DE">
+    <w:p w:rsidR="0073173E" w:rsidRPr="0073173E" w:rsidRDefault="0073173E" w:rsidP="0073173E">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB47DE">
-[...6 lines deleted...]
-        <w:t>Ата-аналарға (заңды өкілдерге) арналған консультативтік пункт туралы ереже және</w:t>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ  о консультативном пункте для родителей (законных представителей) и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>детей, воспитывающихся в условиях семьи.                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения:   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1.1.Консультативный пункт для родителей (законных представителей) и детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>воспитывающихся в условиях семьи, организуется       в        дошкольном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">образовательном учреждении, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реализующим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательную программу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>образования.                                                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1.2. Консультативный пункт  создается для  родителей   (законных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>представителей)  и  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>детей  в  возрасте  от 2  до  6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  лет,  не  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>посещающих ДОУ.                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1.3. Настоящее    положение     регулирует    деятельность консультативных пунктов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>функционирующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в ДОУ.                                                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1.4. Консультативный пункт является одной из форм оказания помощи семье в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>воспитании и развитии детей дошкольного возраста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.   Цели и задачи функционирования консультативного пункта:               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.1.Консультативный пункт создается в целях обеспечения единства и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>преемственности семейного и общественного воспитания, оказания психолог</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагогической помощи родителям (законным представителям), поддержки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>всестороннего развития личности детей, не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>посещающих ДОУ.                                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  2.2. Основными задачами консультативного пункта являются:                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>•         оказание всесторонней помощи родителям (законным представителям) в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обеспечении условий для развития детей, не посещающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ДОУ;                                                                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>•         оказание консультативной помощи родителям (законным представителям) по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>различным вопросам воспитания, обучения и развития ребенка дошкольного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>возраста;                                                                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>•         оказание содействия в социализации детей дошкольного возраста, не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>посещающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ДОУ;                                                                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>•         обеспечение взаимодействия между ДОУ и другими организациями социальной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и медицинской поддержки детей и родителей (законных представителей).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. Организация деятельности консультативного пункта:                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.1. Основными формами деятельности консультативного пункта является организация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>лекториев, теоретических и практических семинаров для родителей (законных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>представителей), индивидуальных и групповых консультаций     по     запросу     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>родителей     (законных     представителей), организация   заочного   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>консультирования   по   письменному   обращению, телефонному звонку и так</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>далее.                                                                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.2.     Консультативный пункт  осуществляет консультативную  помощь родителям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(законным представителям) по следующим вопросам:                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>социализация детей дошкольного возраста, не посещающих ДОУ;                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>возрастные, психофизиологические особенности детей;                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>готовность к обучению вшколе;                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>профилактика различных отклонений в физическом, психическом и социальном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>развитии детей дошкольного возраста, не посещающих ДОУ;                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выбор образовательной программы;                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>организация игровой деятельности;                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>организация питания детей;                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>создание условий для закаливания и оздоровления детей;                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>социальная защита детей из различных категорий семей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3.3.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В целях оказания помощи семье специалисты консультативного пункта        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>могут    проводить    работу    с    детьми    с    целью    получения дополнительной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>информации    в  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форме       беседы,       проведения диагностических</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>исследований, организации наблюдения за детьми и др.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.4.Работа с родителями (законными представителями) и детьми в консультативном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>пункте проводится в различных формах: групповых, подгрупповых,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>индивидуальных.                                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.5.Консультативный пункт работает 1 раз в неделю, в утренние и (или</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) вечерние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>часы.                                                                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.6.Организация психолого-педагогической помощи родителям (законным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>представителям) строится на основе интеграции деятельности специалистов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>воспитателя,  учителя-логопеда, медицинского работника и других специалистов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Консультирование родителей (законных представителей) может проводиться одним</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>или несколькими специалистами одновременно. Количество специалистов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>привлеченных к работе в Консультативном пункте, определяется видом ДОУ, его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>кадровым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>составом.                                                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.7. Права, социальные гарантии и льготы педагогов определяются законодательством</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>РК, трудовым договором.                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.8. Для    фиксирования    деятельности    консультативного    пункта необходимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ведение следующей документации:                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  журнал регистрации обращений;  журнал посещаемости, расписание проведенных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>лекций и т.д.;                                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>план работы консультативного пункта;                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>расписание консультативного пункта, заверенное руководителем; год;                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.9. Для открытия консультативного пункта требуется:                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нормативный  правовой  акт  управления образования города;                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> локальный акт ДОУ об открытии консультативного пункта, которым утверждается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>положение о консультативном пункте, расписание, режим работы;                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>пла</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> график работы консультативного пункта;                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>информационныйстенд.                                                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.10. Непосредственное   руководство   консультативным   пунктом осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073173E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>руководителем ДОУ, при котором он создан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB47DE" w:rsidRPr="00EB47DE" w:rsidRDefault="00EB47DE" w:rsidP="00EB47DE">
-[...2014 lines deleted...]
-    <w:sectPr w:rsidR="00EB47DE">
+    <w:p w:rsidR="003C4E82" w:rsidRDefault="003C4E82"/>
+    <w:sectPr w:rsidR="003C4E82">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0073173E"/>
-    <w:rsid w:val="00093A18"/>
-    <w:rsid w:val="001B6789"/>
     <w:rsid w:val="003C4E82"/>
-    <w:rsid w:val="004242F3"/>
     <w:rsid w:val="005B743E"/>
     <w:rsid w:val="0073173E"/>
-    <w:rsid w:val="00A12E47"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EB47DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2624,51 +1611,50 @@
                         </w:div>
                         <w:div w:id="2039619482">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2922,66 +1908,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3758</Characters>
+  <Pages>2</Pages>
+  <Words>1155</Words>
+  <Characters>6590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4409</CharactersWithSpaces>
+  <CharactersWithSpaces>7730</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Админ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>