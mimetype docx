--- v0 (2025-12-14)
+++ v1 (2026-02-10)
@@ -1,850 +1,394 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0072264A" w:rsidRDefault="0072264A" w:rsidP="004E08E2">
-[...358 lines deleted...]
-    <w:p w:rsidR="001A5075" w:rsidRDefault="001A5075" w:rsidP="001A5075">
+    <w:p w:rsidR="002E272E" w:rsidRDefault="002E272E" w:rsidP="002E272E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A5075" w:rsidRDefault="001A5075" w:rsidP="001A5075">
+    <w:p w:rsidR="002E272E" w:rsidRPr="001A5075" w:rsidRDefault="002E272E" w:rsidP="002E272E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5075">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Рекомендации для родителей по изучению казахского языка детей дошкольного возраста</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t xml:space="preserve">Чтобы выучить казахский язык, достичь его понимания, необходимо начать его изучение в начале пути, когда ребенок сделал первый шаг к самостоятельности, пришел в детский сад. Начиная с детского сада необходимо привить любовь к родному краю, к культуре казахского языка, применяя во время учебной деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>билингвальный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t xml:space="preserve"> компонент, могут заложить крепкий фундамент для изучения казахского языка ребенком </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>предшкольного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t xml:space="preserve"> возраста. Очень эффективно пошаговое обучение языку: шаг первый — обучение фонетике. Ведь именно фонетика – основа для изучения любого языка. Правильное произношение специфических казахских звуков необходимо отрабатывать в возрасте 3 – 6 лет. Дети наиболее восприимчивы к правильному произношению звуков, если обучение проводить в форме игры. Я хочу сказать, что наши детишки научились здороваться на казахском языке и чтобы они каждое утро приходили в детский сад и здоровались со всеми окружающими по – казахский.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>Изучение казахского языка в дошкольном возрасте не только стимулирует развитие общих речевых способностей ребёнка, но и закладывает фундамент для успешного общения в будущем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>Многие родители ошибочно считают, что всё, что даётся детям на занятиях по казахского языка в детском саду несерьёзно, якобы серьёзное изучение языка начнётся в средней школе, когда дети будут читать и переводить большие тексты, пересказывать их, учить топики по темам и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="001A5075" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5075">
         <w:rPr>
           <w:rStyle w:val="a4"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Что делать, если ребёнок не хочет заниматься казахским ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t> Прежде всего, нужно доброжелательно поговорить с ребёнком и выяснить, чем именно вызвано его нежелание. Основных причин две:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>— Ему трудно заниматься казахским;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>— Заниматься казахским ребёнку не интересно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>Если ребёнку трудно заниматься языком, обязательно посоветуйтесь с преподавателем казахского языка. Именно он подскажет вам, как лучше запомнить слова, выражения, стихи, объяснит какие – то грамматические тонкости. Что касается интереса ребёнка к новому для него предмету в детском саду, здесь существует два момента. — С одной стороны преподаватель так строит свои занятия, чтобы в учебный процесс были вовлечены все дети, занятия проходят в игровой форме. Однако и родители могут помочь ему заинтересовать ребёнка, используя дома обучающие мультфильмы, компьютерные программы, специальные детские сайты по изучению казахского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="001A5075" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5075">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Как с ребёнком учить слова?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t> — Карточки – просто и эффективно. Купите блок разноцветных одинаковых листочков (либо нарежьте карточки из неиспользованных тетрадок). С одной стороны рисунок, с другой перевод. Хранить карточки можно в специальных конвертах, конверты лучше подписывать по темам. Например, «Цвет», «Животные», «Цифры», «Игрушки», «Моя семья», «Времена года» и т.д. Берите с собой эти конверты на дачу, в машину, дома, когда у вас образуется свободное время, которое бесполезно тратится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="001A5075" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5075">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Как научить ребёнка правильно произносить слова?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t xml:space="preserve">  Прежде всего, нужно обязательно отметить, что постановка правильного произношения – это долгий процесс, который требует большого количества упражнений на развитие у ребёнка слуха, умения различать звуки своего и родного языка, умения эти звуки правильно произносить. Если вы сами не знаете казахского, то лучшим способом помочь ребёнку освоить казахское произношение – это слушать вместе с ним и пытаться повторять слова за обучающими дисками с песнями и рифмовками, которые были начитаны носителями языка .Если же вы казахский знаете, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E08E2">
+        <w:lastRenderedPageBreak/>
+        <w:t>то в принципе нужно с ребёнком делать то же самое – слушать аудио, пытаться повторять. Так же родители, которые знают язык достаточно хорошо, могут играть с детьми в весёлую игру на произношение. Игра состоит в том, чтобы брать предложения или стишок на русском и заменять в нём один «русский» звук на казахский .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t>Помните о том, что как родители, вы можете сыграть важную роль в обучении ребёнка. А чтобы процесс обучения всегда был увлекательным и естественным, нужно научить его любить учиться с самого детства и это в ваших руках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E08E2">
+        <w:t> Хочу отметить, что дети с удовольствием изучают казахский язык. Если вы с детьми будете повторять слова дома, тем самым совершенствуете свое знание государственного языка. И очень приятно слышать, когда родители подходят со словами благодарности за то, что их дети начинают говорить на казахском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E272E" w:rsidRPr="004E08E2" w:rsidRDefault="002E272E" w:rsidP="002E272E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A5075" w:rsidRDefault="001A5075" w:rsidP="001A5075">
-[...38 lines deleted...]
-    <w:sectPr w:rsidR="001A5075" w:rsidSect="001A5075">
+    <w:p w:rsidR="006C7479" w:rsidRDefault="006C7479"/>
+    <w:sectPr w:rsidR="006C7479" w:rsidSect="001A5075">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="850" w:bottom="851" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...180 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E05358"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00E05358"/>
+    <w:rsidRoot w:val="002E272E"/>
+    <w:rsid w:val="002E272E"/>
+    <w:rsid w:val="006C7479"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -916,492 +460,411 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C66C38"/>
+    <w:rsid w:val="002E272E"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005D5D45"/>
+    <w:rsid w:val="002E272E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="004E08E2"/>
+    <w:rsid w:val="002E272E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...42 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...8 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...8 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...10 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>737</Words>
-  <Characters>4202</Characters>
+  <Words>641</Words>
+  <Characters>3655</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4930</CharactersWithSpaces>
+  <CharactersWithSpaces>4288</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Волк</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>