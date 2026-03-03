--- v0 (2026-02-08)
+++ v1 (2026-03-03)
@@ -1,1274 +1,3993 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00925276" w:rsidRPr="00925276" w:rsidRDefault="00925276" w:rsidP="00925276">
+    <w:p w:rsidR="00925276" w:rsidRDefault="009C2B67" w:rsidP="00925276">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00925276">
+      <w:r w:rsidRPr="009C2B67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>СОВЕТЫ ЛОГОПЕДА ДЛЯ РОДИТЕЛЕЙ</w:t>
+        <w:t>Ата-аналарға логопед кеңесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00925276" w:rsidRPr="00925276" w:rsidRDefault="00925276" w:rsidP="00925276">
+    <w:p w:rsidR="009C2B67" w:rsidRPr="00925276" w:rsidRDefault="009C2B67" w:rsidP="00925276">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00925276" w:rsidRPr="00925276" w:rsidRDefault="00925276" w:rsidP="00925276">
+    <w:p w:rsidR="009C2B67" w:rsidRPr="009C2B67" w:rsidRDefault="009C2B67" w:rsidP="009C2B67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№1 кеңес – СІЗМЕН БАСТАЙМЫЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C2B67" w:rsidRPr="009C2B67" w:rsidRDefault="009C2B67" w:rsidP="009C2B67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сөйлеу өздігінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны үйрену </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бұл тек қарым-қатынас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана мүмкін. Табиғатыңыздан үнсіз болсаңыз да, балаңызбен сөйлесіңіз. Бала өзіне және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жатқанын түсіндірсе, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауызша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлеуді оңай түсінеді. Сондықтан іс-әрекеттеріңізді сөзбен сүйемелдеңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C2B67" w:rsidRPr="009C2B67" w:rsidRDefault="00925276" w:rsidP="009C2B67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Совет №1 — НАЧНЕМ С ВАС.</w:t>
+        <w:t>№2 кеңес – ПІКІР КЕЗДЕСУІ</w:t>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайды айтыңыз - бірақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еститінін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және көретінін көрсеңіз ғана. Бос сөзбен сөйлеспе, оның көзіне қараңыз. Бұл әсіресе сіздің балаңыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және үнемі қозғалыста </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өте маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C2B67" w:rsidRDefault="009C2B67" w:rsidP="009C2B67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сіздің балаңыз әлі де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шуылдаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, оған сіздің артикуляцияңызды көруге мүмкіндік беріңіз.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№3 кеңес – АНЫҚ сөйлеңіз</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарапайым, анық, әр сөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анық айтыңыз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интонацияға өте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезімтал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондықтан логикалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екпіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар әрбір сөзді мүмкіндігінше мәнерлі айтыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C2B67" w:rsidRDefault="00925276" w:rsidP="009C2B67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>Речь не возникает сама по себе, ей необходимо учиться, и возможно это только в процессе общения. Даже если вы молчаливы от природы – все равно говорите с ребенком. Ребенок легче понимает обращенную речь, если она объясняет то, что происходит с ним и вокруг него. Поэтому сопровождайте свои действия словами.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№4 кеңес - БІРАҚ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БІРАҚ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БАСҚА</w:t>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөзді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайталаңыз (сөздердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзгерту). Балаңыз жаңа сөзді үйренуі үшін оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және әртүрлі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контексттерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданыңыз.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Совет №2 — ВСТРЕЧА ВЗГЛЯДОВ</w:t>
+        <w:t>№5 кеңес - ОНЫ АШЫҚТЫРУҒА БОЛМАЙДЫ</w:t>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұзақ сөйлемдерді қолданбаңыз. Балаңызға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көптеген түсініксіз сөздерді ұсынып, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүктемеңіз.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>Озвучивайте любую ситуацию – но только если вы видите, что ребенок слышит и видит вас. Не говорите в пустоту, смотрите ему в глаза. Это особенно важно, если ваш ребенок чрезмерно активный, постоянно двигается.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009C2B67" w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№6 кеңес – ЖАҚСЫ КӨҢІЛ – ТАБЫС КІЛТІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD297D" w:rsidRDefault="009C2B67" w:rsidP="009C2B67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жаңа сөзді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эмоционалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолайлы жағдайда айтыңыз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Психологтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байқады: мұндай жағдайда бала он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақсы оқиды.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009C2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№7 кеңес – СӨЙЛЕУМЕН БАРЛЫҚ ТҮЙСІЗ МҮШЕЛЕРІ БІРЛІКТЕ</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баланың көру, ұстау, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, яғни пәнді әртүрлі тәсілдермен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндігі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маңызды. Баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>затты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алғанын көрсеңіз, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атаңыз - анық және мәнерлі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№8 кеңес – СӨЙЛЕУ НЕГІЗІ – БАЙЛАНЫСҚА ҚҰЛУ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балаңыздың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табысқысы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келетінін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрқашан мақұлдаңыз. Оның қарым-қатынасқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұмтылысын қолдаңыз!</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№9 кеңес – ӘР ТҮРЛІЛІККЕ ТҰМЫС</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәрестенің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шуылдауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біркелкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны басқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауыссыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбыстармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дя-дя-дя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма-ма-ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ка-ко-ку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) сөздер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсыну арқылы байытуға тырысыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№10 кеңес – БАЛАҢЫЗДЫҢ СӨЙЛЕУ ӘРЕКЕТІН ҚҰРМЕТТЕҢІЗ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сөйлеу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еліктеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және өзіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еліктеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамиды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Балаңыз жалғыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлескенде, қатты музыка мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>теледидарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өшіріп, оған өзін де, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тырысыңыз. Балаңызбен бала күтпеңіз, өйткені </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінірек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыпты қарым-қатынасқа қайта үйреткіңіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD297D" w:rsidRDefault="00CD297D" w:rsidP="00CD297D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>№11 кеңес – ОЙНАУ АРҚЫЛЫ ҮЙРЕНІҢІЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD297D" w:rsidRPr="00CD297D" w:rsidRDefault="00CD297D" w:rsidP="00CD297D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ойында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаға ономатопея қажет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайларды жасаңыз. Жағдай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, мотивация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№12 кеңес - БАЛАНЫҢ ТІЛЕКТЕРІН ЕСКЕРТПЕ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баласының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болжауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тырысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Балаға ештеңе айтудың қажеті жоқ. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Белгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарым-қатынас кезеңінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешіктіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаупі бар.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№13 кеңес – СӨЗДІК ҚОРЫҢЫЗДЫ КЕҢЕЙТІҢІЗ</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бала сөздерді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деңгейде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD297D" w:rsidRPr="00CD297D" w:rsidRDefault="00CD297D" w:rsidP="00CD297D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оны түсінеді - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пассивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөздік,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD297D" w:rsidRPr="00CD297D" w:rsidRDefault="00CD297D" w:rsidP="00CD297D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD297D" w:rsidRDefault="00CD297D" w:rsidP="00CD297D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Түсіну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толықтырсаңыз, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөзсіз лексикалық жарылысқа әкеледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№14 кеңес – КҮНДЕЛІК ЖҮЗІҢІЗ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оның сөйлеу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетістіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алыңыз, қанша сөз түсінетінін және қайсысын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтатынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№15 кеңес - ФОНЕМИКАЛЫҚ ДЫБЫСЫҢЫЗДЫ ДАМЫТЫҢЫЗ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жақын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбыспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеленетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөздерді (егеуқұйрық-төбе) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажырата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​шақырыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№16 кеңес - ДЫБЫСҚА ЕЛІКТІРУГЕ ЕЛІМІЗ ЖҮРГІЗМЕҢІЗ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Бум», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>юм-юм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ав-ау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» сияқты сөздерді қолданыңыз. Толық сөйлеуге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасаңыз.</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№17 кеңес – ОҚУ….</w:t>
+      </w:r>
+      <w:r w:rsidR="00925276" w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қысқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ертегілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен өлеңдерді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыңыз - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұрыннан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естіген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәтіндерді жақсы қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00925276" w:rsidRPr="00925276" w:rsidRDefault="00925276" w:rsidP="00CD297D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:br/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 18 кеңес - СӨЙЛЕУГЕ КӨМЕКТЕГІ САУСАҚТАР</w:t>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұсақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>моториканы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - саусақтардың дәл қимылдары. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлеудің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тығыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00925276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Совет №3 — ГОВОРИТЕ ЧЕТКО</w:t>
+        <w:t>№19 кеңес - САБЫРЛЫ, КЕШІМДІ ЖӘНЕ... САҚТЫ БОЛ.</w:t>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбыстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қате </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, күлмеңіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қате </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтылуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайталамаңыз. Балаңызды дұрыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтылуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тыңдауға және оны қайталауға тырысуға шақырыңыз.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Говорите просто, четко, внятно проговаривая каждое слово, фразу. Дети очень чутки к интонации — поэтому каждое слово, на которое падает логическое ударение, произносите как можно более выразительно.</w:t>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№20 кеңес - ТЕК СІЗ!</w:t>
+      </w:r>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00925276">
-[...380 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Есіңізде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: балаңыздың үйлесімді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана көмектесе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетістіктеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00925276">
-[...627 lines deleted...]
-        <w:t>Помните: только вы способны помочь ребенку развиваться гармонично. Не забывайте активно радоваться его успехам, чаще хвалите своего малыша.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде қуануды және нәрестеңізді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD297D" w:rsidRPr="00CD297D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мадақтауды ұмытпаңыз.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00925276" w:rsidRPr="00925276" w:rsidRDefault="00925276" w:rsidP="00925276">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00925276">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
@@ -1440,50 +4159,52 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00925276"/>
     <w:rsid w:val="00925276"/>
+    <w:rsid w:val="009C2B67"/>
+    <w:rsid w:val="00CD297D"/>
     <w:rsid w:val="00FE21CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1990,50 +4711,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>593</Words>
-  <Characters>3384</Characters>
+  <Words>583</Words>
+  <Characters>3324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3970</CharactersWithSpaces>
+  <CharactersWithSpaces>3900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Волк</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>