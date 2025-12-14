--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -1,393 +1,2932 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001514B3" w:rsidRPr="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
         <w:pStyle w:val="c3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="c1"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rStyle w:val="c1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балаңыздың таңын қалай жақсы өткізуге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rStyle w:val="c1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
         <w:pStyle w:val="c3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="c1"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0080"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-        <w:t>  Как же бывает трудно по утрам разбудить и собрать ребенка в детский садик или ясельки. Он так сладко спит, а мы вытаскиваем его из сна, запихиваем еще сонное тельце в одежду, сильно подгоняем, раздражаемся. В некоторых семьях редкое утро обходится без детских воплей - и родители раздражены, и ребенок совсем несчастен. И вдобавок все это дает негативный заряд на целый день.</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таңертең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оянып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, балаңызды балабақшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балабақшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаншалықты қиын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соншалықты тәтті ұйықтайды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны ұйқысынан сүйреп шығарамыз, оның әлі ұйықтап жатқан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кішкентай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны қатты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итеріп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тітіркендіреміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кейбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отбасыларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сирек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңертең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айғайсыз өтеді - ата-ананың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тітіркендіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал бала мүлдем бақытсыз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар, мұның бәрі күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>теріс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заряд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>            Можно ли минимизировать последствия раннего пробуждения? Можно ли сделать его, если не приятным, то, по крайней мере, терпимым? Конечно да! Не только можно но и нужно, и, кстати, это не так уж и сложно.</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрудың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азайтуға бола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? Жағымды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шыдамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? Әрине, иә! Бұл мүмкін ғана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар қажет, және айтпақшы, бұл қиын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Задумайтесь, как вы укладываете ребенка спать? Ведь вы настраиваете его на сон. Все ваше поведение, интонации, то о чем вы с ним говорите, как к нему прикасаетесь – все направлено на постепенное снижение активности и усыпление. Мы навеваем сон ребенку.</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балаңызды қалай ұйықтататыныңызды ойлаңыз ба? Өйткені, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны ұйықтауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатырсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сіздің барлық мінез-құлқыңыз, интонацияңыз, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлесетініңіз, оған қалай қол тигізетініңіз - бәрі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біртіндеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белсенділікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азайтуға және оны ұйықтатуға бағытталған. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйқыға шақырамыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>           Так же и утром. Не вытаскивайте его из сна, не прогоняйте сон. А потихонечку развейте сон, как утренний туман. Сначала войдите к нему в комнату, подвигайтесь, дайте ему почувствовать сквозь сон ваше присутствие. Только потом приблизьтесь, прикоснитесь. Сначала очень осторожно, бережно. Помните - детское тельце очень чувствительно к прикосновениям. Постепенно наращивайте интенсивность прикосновений. От ласковых поглаживаний, можете перейти к массажу ручек и ножек.</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Таңертең дәл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оны ұйқыдан шығармаңыз, арманыңызды қумаңыз. Таңертеңгі тұман сияқты ұйқыны ақырын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таратады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның бөлмесіне кіріңіз, қозғалыңыз, оған сіздің қатысуыңызды ұйқы арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндік беріңіз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана жақындап, қол тигізіңіз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өте мұқият, мұқият. Есіңізде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жанасуға өте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімтал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біртіндеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жанасу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарқындылығын арттырыңыз. Жұмсақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сипаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдар мен аяқтарды массажға көшуге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-        <w:t>Найдите для ребенка повод проснуться. Действительно, зачем ему вставать рано?</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>созылуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бұрылуына және көздерін жұмып сәл ұзағырақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндік беріңіз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақырында көзін ашқанда, оның көру аймағында ашық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәрсе алуға тырысыңыз - жұмсақ ойыншық, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ашық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түс біздің оянуымызға ықпал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сергітеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белсенділікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>          Мама опаздывает, нужно в детский сад, дела. Все это незначительно для ребенка. Он не хочет ради этого покидать пространство сна. Но, возможно, на кухне его ожидает какой-нибудь сюрприз? Может быть, вы расскажете ему продолжение вчерашней сказки, а, может, его любимая игрушка уже требует завтрака? Дайте понять, что проснуться ребенку не просто надо - а это приятно, это выгодно.</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балаңыздың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ояту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себебін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табыңыз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Расында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұру не үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>          Если ребенок собирается сам, очень часто мы не поддерживаем его самостоятельности тем, что не обращаем внимания. Ребенок сам ест, сам одевается. Мы можем поправить прическу или помыть посуду. В этом случае оказывается, что тот ребенок, который капризничает, тянет время, как раз обеспечивает себя полноценным влиянием мамы. Даже если ребенок проявляет чудеса героизма, поощряйте, будьте рядом в этот момент, восхищайтесь, хвалите – ведь все это он делает для вас. Ему самому никуда не надо идти, он бы остался дома.</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кешігіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалды, балабақшаға бару </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оның жұмысы бар. Мұның бәрі бала үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мардымсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін ұйқы кеңістігін тастағысы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Бірақ ас үйде оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тосын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күтіп тұрған шығар? Мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кешегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ертегінің жалғасын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бересіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әлде оның сүйікті ойыншығы таңғы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығар? Балаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ояту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсіндіріңіз, бірақ бұл жақсы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайдалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>          Если вам необходимо завершить какие-то утренние дела, привлекайте ребенка к их выполнению. Попросите его подать полотенце, крем для обуви. В этом возрасте дети еще обожают нам помогать. Сделайте для него выгодным быстрые сборы. Вы можете побыть чуть больше вместе. Или как-то разнообразьте дорогу до детского садика. Если получилось так, как вы хотели, еще раз поблагодарите его. Помните - ваше утреннее настроение является залогом того, как пройдет весь ваш день и день вашего ребенка.</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бетімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындалатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның тәуелсіздігін көбінесе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудармау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы қолдамаймыз. Бала өзі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шашымызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөндей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аламыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыдыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жуамыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Бұл жағдайда уақытты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тітіркендіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тоқырауға ұшыраған бала анасының ықпалын толық қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">шығады. Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғажайыптарын көрсетсе де, жігерлендіріңіз, осы сәтте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сонда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болыңыз, таңданыңыз, мадақтаңыз - бәрібір </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Өзі ешқайда барудың қажеті жоқ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үйде қалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001514B3" w:rsidRDefault="001514B3" w:rsidP="001514B3">
+    <w:p w:rsidR="00551C3B" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
       <w:pPr>
-        <w:pStyle w:val="c3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Постарайтесь сделать это утро добрым!</w:t>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Таңертеңгілік үй </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаруасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аяқтау қажет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орындауға балаңызды тартыңыз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүлгі мен аяқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бояуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұраңыз. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көмектескенді жақсы көреді. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төлемдерді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> етіңіз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біраз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақыт өткізе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балабақшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әртараптандырыңыз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бәрі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалағандай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оған тағы да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рахмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айтыңыз. Есіңізде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сіздің таңғы көңіл-күйіңіз сіздің бүкіл күніңіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаңыздың күні қалай өтетінінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кілті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C459A6" w:rsidRPr="001514B3" w:rsidRDefault="00C459A6" w:rsidP="001514B3"/>
-    <w:sectPr w:rsidR="00C459A6" w:rsidRPr="001514B3" w:rsidSect="001514B3">
+    <w:p w:rsidR="00C459A6" w:rsidRPr="00551C3B" w:rsidRDefault="00551C3B" w:rsidP="00551C3B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00551C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бүгінгі таңды жақсы өткізуге тырысыңыз!</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C459A6" w:rsidRPr="00551C3B" w:rsidSect="001514B3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001514B3"/>
     <w:rsid w:val="001514B3"/>
+    <w:rsid w:val="00551C3B"/>
     <w:rsid w:val="00C459A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -910,51 +3449,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>481</Words>
-  <Characters>2744</Characters>
+  <Characters>2743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3219</CharactersWithSpaces>
+  <CharactersWithSpaces>3218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Волк</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>