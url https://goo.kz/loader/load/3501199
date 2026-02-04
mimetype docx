--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -1,11546 +1,10770 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="6F854873" w14:textId="7D8C5DBB" w:rsidR="00D90C40" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0D257C9A" w14:textId="77777777" w:rsidR="009C67FC" w:rsidRPr="00810382" w:rsidRDefault="00A14D64" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП ДПК «Жигер» отдела образования города Павлодара управления образования объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="000C013E" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9D711B" w14:textId="7D4AAA7C" w:rsidR="00A46636" w:rsidRDefault="009563AC" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00F01303" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ның</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00226DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> білім беру басқармасы</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B4049F" w14:textId="2F08D760" w:rsidR="00677758" w:rsidRPr="00810382" w:rsidRDefault="009563AC" w:rsidP="00A46636">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, Павлодар қаласы білім беру бөлімі</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нің</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00600605" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>филиал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D90C40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E75D9D" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детско-подросткового клуба</w:t>
+      </w:r>
+      <w:r w:rsidR="00677758" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00600605" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Жигер»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F01303" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603D716B" w14:textId="506853B8" w:rsidR="0027231B" w:rsidRDefault="00606CAF" w:rsidP="0027231B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1E27AD9B" w14:textId="736AF132" w:rsidR="000C013E" w:rsidRPr="00810382" w:rsidRDefault="00600605" w:rsidP="00677758">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по адресу г</w:t>
+      </w:r>
+      <w:r w:rsidR="009C67FC" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ород </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="009C67FC" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>КМҚК</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ул</w:t>
+      </w:r>
+      <w:r w:rsidR="009C67FC" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кленовая</w:t>
+      </w:r>
+      <w:r w:rsidR="002627D6" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>90</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F056E36" w14:textId="0154A600" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="0027231B" w:rsidP="0027231B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1BD6C13A" w14:textId="77777777" w:rsidR="002627D6" w:rsidRPr="002627D6" w:rsidRDefault="002627D6" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...77 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="177"/>
+        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="2745"/>
+        <w:gridCol w:w="7181"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002E0EDC" w14:paraId="6F295B12" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="13BB7D29" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="777BA46A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="7023A659" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D5F6434" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="22B1957A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F93F5BC" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...21 lines deleted...]
-          <w:p w14:paraId="5A46F4C7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="11C02797" w14:textId="75012028" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00A14D64" w:rsidP="008600F9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное казенное предприятие детско-подростковый клуб «Жигер» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="00E80491" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="798A1077" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2097A725" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="1ABD554E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F3F59A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="6C7E48C8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2219DE" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...37 lines deleted...]
-          <w:p w14:paraId="0D473C7B" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="43BB0A61" w14:textId="5081615A" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="008600F9" w:rsidP="00823496">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г.Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14D64" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ул.Чокина 32/2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="1FB394B7" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="3A9A33E5" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6003E5E5" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="40A68E48" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10977D61" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="50AD2D1B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>телефон нөмірлері,</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB1A27F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00367AE7" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="1EA8538E" w14:textId="24F81669" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00823496">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...34 lines deleted...]
-              <w:t>182)65-43-21</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14D64" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="2DB98672" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E75D9D" w14:paraId="6F66C794" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="475CFB42" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="48C5B2B4" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="551FF774" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="63658D6A" w14:textId="45C5748E" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46650D3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00EC7270" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="49EEF62C" w14:textId="7A29741F" w:rsidR="00CB6B4F" w:rsidRPr="00E75D9D" w:rsidRDefault="00E75D9D" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>metod-ziger</w:t>
-[...9 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>mail.ru</w:t>
+              <w:t>metod-ziger@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="005B04F2" w14:paraId="33D504A2" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="43A5545F" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4167A07A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="5503718D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8432B9" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="00280093" w14:textId="101EA058" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6152CD9C" w14:textId="339D8AA7" w:rsidR="001D7669" w:rsidRPr="007450C7" w:rsidRDefault="00EE0A8F" w:rsidP="00D84A52">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="19AAAC6B" w14:textId="20D5E445" w:rsidR="004F2A50" w:rsidRPr="00F01303" w:rsidRDefault="00F01303" w:rsidP="0050241E">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...81 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC35CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог дополнительного образования </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4448" w:rsidRPr="00EC35CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidR="0050241E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">асық ату    </w:t>
+            </w:r>
+            <w:r w:rsidR="00E75D9D" w:rsidRPr="00EC35CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC35CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 часов</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002E0EDC" w14:paraId="276A4D3C" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="438C65DB" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0E1F8329" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="38A29E01" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69F77A3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="51946215" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8039E9" w14:textId="742EE898" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
-[...1 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          <w:p w14:paraId="66F6742B" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...17 lines deleted...]
-              <w:pStyle w:val="aa"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует разнообразную творческую деятельность обучающихся в области дополнительного образования; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29DA2054" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">комплектует состав обучающихся, воспитанников в кружках, секциях, студиях, клубных и других детских объединений, принимает меры по сохранению их в течение срока обучения; участвует в разработке и реализации образовательных программ дополнительного образования, составляет планы занятий и программы мероприятий, обеспечивает их выполнение; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CB0A932" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведет установленную документацию; обеспечивает педагогически обоснованный выбор форм, средств и методов работы, исходя из психофизиологической целесообразности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68584C45" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">выявляет творческие способности обучающихся, воспитанников, способствует развитию личности, удовлетворению образовательных потребностей обучающихся, воспитанников; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3933A387" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует самостоятельную деятельность обучающихся, воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой; обеспечивает и анализирует достижения обучающихся, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">воспитанников; оценивает результат освоения образовательной программы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01BCF4EE" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">поддерживает одаренных и талантливых обучающихся, воспитанников, в том числе детей с особыми образовательными потребностями; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1135DB34" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует участие детей в мероприятиях разного уровня и направленности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29048C21" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...40 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участвует в организации каникулярного отдыха обучающихся, воспитанников; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178E0EE2" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает при проведении занятий соблюдение правил по безопасности и охране труда, противопожарной безопасности, несет ответственность за сохранение жизни и здоровья детей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35222E0F" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказывает консультативную помощь родителям и лицам, их заменяющим, а также педагогам; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73105BCF" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участвует в деятельности методических советов, объединений, в мероприятиях, направленных на повышение педагогического мастерства; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D85DFCC" w14:textId="7B4DCF23" w:rsidR="00487083" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>систематически повышает профессиональную квалификацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55629F76" w14:textId="01638BA6" w:rsidR="00527547" w:rsidRPr="00527547" w:rsidRDefault="00527547" w:rsidP="00F838DA">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
-[...146 lines deleted...]
-              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C56DDC">
-[...402 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00527547">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="202124"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конституцию Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "О противодействии коррупции" и иные нормативные правовые акты, регламентирующие образовательную деятельность, приоритетные направления развития образования Республики Казахстан; основы педагогики и психологии, трудового законодательства; нормы педагогической этики; методику воспитательной работы, современные педагогические технологии продуктивного, дифференцированного, развивающего обучения, реализации компетентностного подхода; методы установления контакта с обучающимися, воспитанниками разного возраста, их родителями (лицами, их заменяющими), педагогами, диагностики причин конфликтных ситуаций, их профилактики и разрешения; правила внутреннего трудового распорядка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00527547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>организации образования, правила безопасности и охраны труда, пожарной безопасности.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002E0EDC" w14:paraId="6F0E6DFA" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="24F5133C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3421B703" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="7C2C634A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C76BB1F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="4DE9FAD4" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41F53D3F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="000E3384" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="710FFFF1" w14:textId="0377E5E2" w:rsidR="002627D6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000E3384">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категори</w:t>
+            </w:r>
+            <w:r w:rsidR="002627D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="783B816F" w14:textId="20535672" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00D90C40" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>й;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ABF4BFE" w14:textId="5F7F6447" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="001D7669">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BCA" w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее  образование </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5613" w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00606CAF" w:rsidRPr="00720747">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="009D772B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="1DE18094" w14:textId="217F00ED" w:rsidR="00606CAF" w:rsidRPr="00102959" w:rsidRDefault="00606CAF" w:rsidP="00D90C40">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC35CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">124586 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67D301B3" w14:textId="59DD42A1" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="004A6BCA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720747">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="001D7669">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5613" w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00720747">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование (m</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BCA" w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ах</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5613" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="009D772B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC35CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">148300 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+            <w:r w:rsidR="00E01CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002E0EDC" w14:paraId="5C3D616D" w14:textId="77777777" w:rsidTr="002676F3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="23BCEE28" w14:textId="77777777" w:rsidTr="009D772B">
         <w:trPr>
-          <w:trHeight w:val="3889"/>
+          <w:trHeight w:val="2988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179E0336" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="68EFAB27" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23EDFDF8" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="4D85E683" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="7C34D447" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E90649" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
-[...6 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E87821" w14:textId="77777777" w:rsidR="002676F3" w:rsidRDefault="00606CAF" w:rsidP="002676F3">
+          <w:p w14:paraId="013D323D" w14:textId="4EAAB716" w:rsidR="00487083" w:rsidRPr="009563AC" w:rsidRDefault="009563AC" w:rsidP="00702E6C">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="002676F3">
-[...112 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="009563AC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или техническое и профессиональное образование педагогического профиля или по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора - не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя - не менее 4 лет; и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="6F266537" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="0B08FC04" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39CF8850" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="22093D84" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69AD263F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="5789ACC8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32A14024" w14:textId="3B3B754B" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00E7253C" w:rsidP="00D84A52">
+          <w:p w14:paraId="57B66336" w14:textId="2E9E9841" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00AE1B60" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r w:rsidR="00D90C40">
+            <w:r w:rsidR="009D772B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00D90C40">
+            <w:r w:rsidR="009D772B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2024 - </w:t>
+              <w:t>.2024-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>13</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D90C40">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002627D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.0</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009D772B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D90C40">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.2024</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00606CAF">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="009D772B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ж</w:t>
+              <w:t>.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002E0EDC" w14:paraId="6C6B1D98" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="6775C456" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F05DB67" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="72B8E06B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBED1F7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="39866733" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
-[...6 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4989B883" w14:textId="7EAE53D7" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-            <w:pPr>
+          <w:p w14:paraId="7431F2F4" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...156 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B427C44" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A61FD6" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00201423" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69B12974" w14:textId="0AAAF63C" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9028F5" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51801CF7" w14:textId="4315511D" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...228 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidR="000F3960">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE40107" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58084674" w14:textId="19C41541" w:rsidR="00470938" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - </w:t>
+            </w:r>
+            <w:r w:rsidR="000F3960">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ОЗП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D6AEB88" w14:textId="69808D59" w:rsidR="00AD1BAB" w:rsidRPr="00AD1BAB" w:rsidRDefault="00AD1BAB" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического и  профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по существующей специальности или профилю не менее двух лет освобождаются от прохождения сертификаци; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3568623C" w14:textId="158270B6" w:rsidR="00B1578A" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...269 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...71 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1046 lines deleted...]
-          <w:p w14:paraId="10EDB260" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5083B2F8" w14:textId="224D60BA" w:rsidR="00AD1BAB" w:rsidRPr="00AD1BAB" w:rsidRDefault="00AD1BAB" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C67AF1">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12) видеопрезентац</w:t>
+            </w:r>
+            <w:r w:rsidR="00702E6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ағылшын тілі педагогтары лауазымына орналасуға үміткерлер үшін пән </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...92 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-              <w:t>жұмыс өтілі жоқ кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480  бейнепрезентация;</w:t>
+              <w:t>я для кандитата без стажа, продолжительностью не менее 15 минут, с минимальным разрешением – 720х480;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="4D92701D" w14:textId="77777777" w:rsidTr="00606CAF">
+    </w:tbl>
+    <w:p w14:paraId="638F27C4" w14:textId="77777777" w:rsidR="00840849" w:rsidRPr="00A14D64" w:rsidRDefault="00840849">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="1719DC65" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645B51D8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00606CAF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="2F323DD6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29BE5997" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+          <w:p w14:paraId="3574A775" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6C7E5D4E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="281EBFD1" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="774AD535" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38A2B636" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="61A7827E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B9F7B37" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="04535286" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="179968C7" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6D2A7CF9" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D6C8F85" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="0A8B2449" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5366CB9E" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="52331EC8" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="357B05E5" w14:textId="38CAB3F7" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="7F7302AD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B9E0326" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="33D1B5F5" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07EBA44C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="60924E48" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="760AA2C4" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="021687C6" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11132B06" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3F2D0987" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2766355C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...575 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05E3E05B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="5628DD97" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78C9CDF5" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EF239E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1222B20B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="213648BB" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5814FF33" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="3A90E9CD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64663C54" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B5715">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388F3200" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="41256112" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687E081C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="5209C15C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4609F968" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="5B4BCDBF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062104BD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBF6CCD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B1DF74" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="39BDB968" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD6225B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="3E7EA8D1" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C1F3232" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D55A97" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF0E642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="5B01360F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5883CA2B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52EFC2F7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5317546C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76BE4CB6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...191 lines deleted...]
-    <w:p w14:paraId="0D4A2170" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="410E9325" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF16B26" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="672FB919" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA88A1E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="2CDCD8F0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC7575F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="2F7B3566" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196FB360" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="24BC451A" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4137DF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="65B3AF04" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A096995" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="394E0B9D" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562477D5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="022053BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2920"/>
+        <w:gridCol w:w="2149"/>
+        <w:gridCol w:w="2724"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="1506EA47" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="47250385" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50160636" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="2D393B00" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0D2819" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="07993178" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0B7122" w14:textId="48A26028" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000C013E" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>чебного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC80CFD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="20FFE318" w14:textId="184FBF44" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidR="000C013E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51A731CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="13B7DCF9" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Специальность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FA4FA5A" w14:textId="5EE17458" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000C013E" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="6933D29F" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="139665F3" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45565B38" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="7204E153" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF63A61" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="40452F74" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D2A5635" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="393A4A2F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3A0738" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="0C3CCD23" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04241174" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="0BD1D187" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76BE53FF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="0B5FEF01" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...8 lines deleted...]
-        <w:t>) күні):__________________________________________</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения):__________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA95B10" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="7A60AD5C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E7A4DF" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="421777B6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="76ACE1FD" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1958678C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="6166A516" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...54 lines deleted...]
-        <w:t>:______________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8924F2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="39D838B3" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-        <w:t>:__________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5B55DD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="37040099" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FA0C86" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="2F97B1B1" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BF59A8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="6988B169" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDF47F1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="3C0AE861" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="23D7AE16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="0981A5E9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="243E4B0D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="4DC698DC" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D1E906" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="56E3191F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E5409C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="61479500" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CEC4158" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="122BF992" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9387F0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="3C11FDFA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD2DA27" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="1949328B" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2007ED73" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="2824C65B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5715">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2D221A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="25DA4BF4" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A0A0A3" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="273F749E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00321427" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D822AAB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="48699E59" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45ABB943" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="16ECAB14" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67EF22B1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="7CA66EC9" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA9BB25" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...57 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CF430F" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C12DAF5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="365C4BF0" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FBB8413" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="013E32E0" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="087C5548" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="0AFEBC71" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D0BB080" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="531A5311" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25941895" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="54AD44C5" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B2834FC" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="69DE8BAA" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F090A89" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="4A43232D" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="688792FA" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="55F69A1E" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DD61C8F" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="79AB9140" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B004277" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="2A824A4A" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69CB9348" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="45F045D2" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F753D80" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="5647D6A6" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62CAAEA7" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="0690A989" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FDD46D2" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="001B5715" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="6F0B10A7" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A74EAC" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EECD09F" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="555F3D3B" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C958B3" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F768C26" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRPr="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="64556083" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00A14D64" w14:paraId="4E3DA0CD" w14:textId="77777777" w:rsidTr="004B772A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A66D01B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="106BE394" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A14D64" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="354A7340" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="160658EB" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A14D64" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0434371E" w14:textId="005ACAB0" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="0C8DF309" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="62333DB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CB15492" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="62D3315A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0636A2" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5B193969" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6ADDA2" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="71BC6AAD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC58890" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E14C7B2" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="340A2D03" w14:textId="77777777" w:rsidR="000D425F" w:rsidRDefault="000D425F" w:rsidP="001B5715">
+    <w:p w14:paraId="2D4EA799" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F92B16" w14:textId="63D46507" w:rsidR="00BE4448" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4448">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="0050241E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асық ату</w:t>
+      </w:r>
+      <w:r w:rsidR="0096494F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A3EF82A" w14:textId="6081304F" w:rsidR="001B5715" w:rsidRPr="000D425F" w:rsidRDefault="000D425F" w:rsidP="001B5715">
+    <w:p w14:paraId="3D806B3A" w14:textId="4452843A" w:rsidR="001B695E" w:rsidRPr="00A14D64" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC33169" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...35 lines deleted...]
-    <w:p w14:paraId="074B4DEF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="029E7753" w14:textId="45212996" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14546A2C" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A14D64" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="2FC290E4" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="27F5F40A" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EF9738F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="0579C440" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6A8073" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCE9445" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="231AE266" w14:textId="24454911" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="596C39E5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="02CA9B64" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="219FE20D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72D31574" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...18 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w14:paraId="0DAFCBF7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26EB018C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...18 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+          <w:p w14:paraId="2C3081E6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20A71BD2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...37 lines deleted...]
-              <w:t>ы (1-ден 20-ға дейін)</w:t>
+          <w:p w14:paraId="5BF40CC0" w14:textId="1C6ECAF0" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="00A14D64" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рофессиональное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или педагогическое</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C9A046E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BA8D243" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16976089" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E31776" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="485F158D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13A92B42" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="16FBA4D0" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31B804A6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B972C6B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71900D17" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E530DE3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="134891E9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62126651" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76EC26FC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA09186" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="79B031C4" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4EEE7EF4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E8923BE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E2D0657" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00591B0A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="756F0387" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE75B63" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA9CB3E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28E6E10B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C541C77" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D4E749" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB99E21" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EF4442F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BE8BB02" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A5AFFFD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="301B5298" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="233C6836" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F76B509" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="680BF6CE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E082330" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093AC6ED" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EEE2773" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="016C26D8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D1AEB8F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CCBA48A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B743470" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="240C76F2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D3BD59E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B7ECE9D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC92A0F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="725F7729" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="536B4772" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55A0BB73" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12441F38" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A6E6529" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582BAA1D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E29FAAC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B824DAF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60EB0B10" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34145282" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AAE1C12" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5477A605" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D28F299" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76EF96D2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6079DBD1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF2BF90" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24ABBA9A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B225DC4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20740E68" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F597C55" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47038678" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D4A8F45" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60673690" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72A50CC0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E704CE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="4FBCF68E" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="563D3F16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="777231B9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06AA1B0B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="72EA7A6B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28675096" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46DC25A0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1E8B4BC2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E60CF8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069C408C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...137 lines deleted...]
-              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+          <w:p w14:paraId="748C6879" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4990D6C1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="548B7A10" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05D68A63" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1287B1E3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC01499" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E32832" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25FDC632" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="6689CE51" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="1A5D2D3B" w14:textId="77777777" w:rsidTr="0035540A">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="5F1310CC" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BED3434" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1F4B8C77" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35F895B1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...32 lines deleted...]
-              <w:t>академиялық дәрежесі</w:t>
+          <w:p w14:paraId="305873C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C93893C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...15 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+          <w:p w14:paraId="4C5E0B6E" w14:textId="1110E865" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="630485C8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...81 lines deleted...]
-              <w:t>ылыми кандидат = 10 балл</w:t>
+          <w:p w14:paraId="4EE96403" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AAE93E4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="466C72A3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4976A4C4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301114F1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="679BCCF7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="14573E25" w14:textId="77777777" w:rsidTr="0035540A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="2E981C5E" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="039CF572" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="79783F9E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="647A4E3A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...17 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+          <w:p w14:paraId="152D849D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43180699" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...15 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="0E454A63" w14:textId="5670617A" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F3960">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC1FB45" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="13437928" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8BA80F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EBB0796" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181EF1EB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD137D2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7633718D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13BA3F6A" w14:textId="77777777" w:rsidTr="0035540A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="3574FDEC" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71F7D686" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="207BF38C" w14:textId="4B9A7ECC" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="000F3960" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BEDBEA7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...15 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w14:paraId="4E3B04EB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AB7DCC3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...24 lines deleted...]
-              <w:t>уәлік, басқа құжат</w:t>
+          <w:p w14:paraId="49389B04" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9D2BB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...248 lines deleted...]
-              <w:t>едагог-шебер = 10 балл</w:t>
+          <w:p w14:paraId="1B9FB4A8" w14:textId="11FA8CD8" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="009D772B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58E26074" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F9B30A8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="173CD4BE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7FA69A28" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="002E0EDC" w14:paraId="3BC5E6B1" w14:textId="77777777" w:rsidTr="0035540A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="2DFCF9F6" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B1F766F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="643E1748" w14:textId="57BEF95F" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="000F3960" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="310F719E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...17 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+          <w:p w14:paraId="3D10091C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38868674" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...17 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w14:paraId="2B3A5CDA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7908DD53" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641FB9F4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE0D1A1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...59 lines deleted...]
-              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w14:paraId="302DA8C6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62B07351" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2644DDE4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B014A25" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8650DF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD95647" w14:textId="715951FB" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="065D139B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="6ECF9E68" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="0A87E017" w14:textId="77777777" w:rsidTr="0035540A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="5651DDE2" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="322FF5C9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5D0E27B6" w14:textId="5591CF6F" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="000F3960" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74F4DF8E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...17 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+          <w:p w14:paraId="031646B0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71314BFC" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...15 lines deleted...]
-              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+          <w:p w14:paraId="08A2920D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3CF710" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...81 lines deleted...]
-              <w:t>«жақсы» = 0,5 балл</w:t>
+          <w:p w14:paraId="5FC9B478" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581D55D2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78723BF7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6889D39B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="51737B66" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="002E0EDC" w14:paraId="5003449D" w14:textId="77777777" w:rsidTr="0035540A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="42B2138D" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19AC92B9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1DB9FB2C" w14:textId="1DE3F463" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000F3960">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C8577CF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...27 lines deleted...]
-              <w:t>немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w14:paraId="02E5992F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7752074E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...28 lines deleted...]
-              <w:t>мекемесіне өтініш жасайды)</w:t>
+          <w:p w14:paraId="3D325D84" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503A68B2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20EF23A3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...39 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w14:paraId="6BCF5A0A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CBE289F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76292051" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C9CB59" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="328ADBFE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14265DC4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D73B1C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="1EE7EE6A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="002E0EDC" w14:paraId="66123D26" w14:textId="77777777" w:rsidTr="0035540A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="68FBBB20" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="286C11A7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="44A4E728" w14:textId="5A31329C" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000F3960">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54EE0C9B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...15 lines deleted...]
-              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+          <w:p w14:paraId="0544C8B2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B668773" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...62 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+          <w:p w14:paraId="3AD3FC01" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="717773B3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E9E82DB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720EC387" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B70062F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Основы программирования в Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обучение работе с Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD28B68" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...187 lines deleted...]
-              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+          <w:p w14:paraId="53AA0187" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C098AAF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E10F3C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="551A31F7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="202B0509" w14:textId="77777777" w:rsidTr="0035540A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B772A" w:rsidRPr="00A14D64" w14:paraId="1B853A72" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64C0B82A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...18 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w14:paraId="1C46B822" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50660989" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...15 lines deleted...]
-              <w:t>Әдістемелік қызметі</w:t>
+          <w:p w14:paraId="6012AD57" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7588A448" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
-[...1559 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4790DD43" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B8C066D" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="001B5715" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w14:paraId="611FD87E" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A14D64" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC132A4" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A14D64" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="001B5715" w:rsidSect="00EF0721">
+    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00A14D64" w:rsidSect="00823409">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="38A3BDDD" w14:textId="77777777" w:rsidR="00823409" w:rsidRDefault="00823409" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2CCF6D3D" w14:textId="77777777" w:rsidR="00823409" w:rsidRDefault="00823409" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11556,66 +10780,83 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="786F6B63" w14:textId="77777777" w:rsidR="00823409" w:rsidRDefault="00823409" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3D56D9D1" w14:textId="77777777" w:rsidR="00823409" w:rsidRDefault="00823409" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -12212,809 +11453,830 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2076315821">
+  <w:num w:numId="1" w16cid:durableId="780421175">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="949162110">
+  <w:num w:numId="2" w16cid:durableId="1829324447">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1615281818">
+  <w:num w:numId="3" w16cid:durableId="698167033">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1276400868">
+  <w:num w:numId="4" w16cid:durableId="263460296">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="291636542">
+  <w:num w:numId="5" w16cid:durableId="746456755">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1270697951">
+  <w:num w:numId="6" w16cid:durableId="1025597545">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
-    <w:rsid w:val="00022496"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
-    <w:rsid w:val="000904B0"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C013E"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
-    <w:rsid w:val="000D425F"/>
     <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D4E4E"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F3960"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00101241"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00125F12"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001537B1"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="0019236A"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
-    <w:rsid w:val="001B5715"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D7669"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00226DDB"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="00237E5A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00257B52"/>
     <w:rsid w:val="00261786"/>
+    <w:rsid w:val="002627D6"/>
     <w:rsid w:val="00263268"/>
-    <w:rsid w:val="0026328D"/>
     <w:rsid w:val="002647B4"/>
-    <w:rsid w:val="002676F3"/>
-    <w:rsid w:val="0027231B"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00292526"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A342C"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E0EDC"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="00360E6F"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
-    <w:rsid w:val="003E00BA"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00483B03"/>
     <w:rsid w:val="00487083"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004A6BCA"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="0050241E"/>
+    <w:rsid w:val="005031BA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00514DEF"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="005223C7"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527547"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="005424C7"/>
     <w:rsid w:val="0054345F"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
-    <w:rsid w:val="00587313"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
-    <w:rsid w:val="005B04F2"/>
-    <w:rsid w:val="005B1A35"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00600605"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
-    <w:rsid w:val="00606CAF"/>
-    <w:rsid w:val="006107CB"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00677758"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
-    <w:rsid w:val="006A6418"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006C4E23"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00702E6C"/>
     <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="007117AA"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
-    <w:rsid w:val="007450C7"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A35C7"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007C5B86"/>
     <w:rsid w:val="007C73FB"/>
+    <w:rsid w:val="007C74BE"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E32CF"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00810382"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00823409"/>
     <w:rsid w:val="00823496"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00840849"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="008600F9"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008A4746"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E6FBD"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="00956BFD"/>
+    <w:rsid w:val="009563AC"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="0096494F"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009C67FC"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D772B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A070AB"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A14D64"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A35CB6"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46636"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A633FD"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD1BAB"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE1B60"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE5613"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B13C4B"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B73CFE"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
-    <w:rsid w:val="00B91A93"/>
     <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B96E1D"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE4448"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C350BA"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C56DDC"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA00B6"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD4036"/>
     <w:rsid w:val="00CE631A"/>
+    <w:rsid w:val="00CE6B24"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
-    <w:rsid w:val="00D1732C"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D36C72"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D54E3C"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D62DE0"/>
     <w:rsid w:val="00D8716B"/>
-    <w:rsid w:val="00D90C40"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC2110"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E01CAB"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
-    <w:rsid w:val="00E70279"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
-    <w:rsid w:val="00E7253C"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E75D9D"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC35CB"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC58C0"/>
+    <w:rsid w:val="00EC6786"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00EE0A8F"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF0721"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F01303"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03492"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
-    <w:rsid w:val="00F74D22"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00FA2C05"/>
+    <w:rsid w:val="00F838DA"/>
+    <w:rsid w:val="00F93627"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FC7249"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD120F"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4672AF0D"/>
-  <w15:docId w15:val="{9E75B6CB-A684-461A-AF09-89B87E860B40}"/>
+  <w14:docId w14:val="4F309B90"/>
+  <w15:docId w15:val="{70C03720-5E99-4BF7-A354-32A96FA0BF88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13530,117 +12792,113 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00487083"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
-    <w:name w:val="No Spacing"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00587313"/>
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C67FC"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C67FC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C67FC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C67FC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="231619559">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="245118998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="476607609">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -13648,72 +12906,59 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1380398890">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1557736448">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13964,78 +13209,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E472ECE-C79A-48FB-A782-5238F997ACC7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEC01646-BDCD-4D0D-BC0B-7DE56C85635B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2386</Words>
-  <Characters>13604</Characters>
+  <Words>2126</Words>
+  <Characters>12120</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>113</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15959</CharactersWithSpaces>
+  <CharactersWithSpaces>14218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>