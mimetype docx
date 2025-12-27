--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,16282 +1,8672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="31F372A0" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="1800AA5F" w14:textId="1FB0B6FB" w:rsidR="00477561" w:rsidRPr="001F4BA9" w:rsidRDefault="00477561" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="009341ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:t>истории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00387958">
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        </w:rPr>
+        <w:t>на период отпуска основного работни</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        </w:rPr>
+        <w:t>ка по уходу за ребенком</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63812250" w14:textId="77777777" w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="00B00AEE">
+    <w:p w14:paraId="6C94C564" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="001F4BA9" w:rsidRDefault="00477561" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...162 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A472B2" w14:paraId="41DD8B3F" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="3276B7B6" w14:textId="77777777" w:rsidTr="00F356B5">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="314FD744" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...18 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="22658717" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFC3747" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E161EF" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 21 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="5457A3A4" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="52C26A54" w14:textId="77777777" w:rsidTr="00F356B5">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B33C0BB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...62 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0F728934" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38063954" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D21026" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140001, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Камзина, 346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="362567BB" w14:textId="77777777" w:rsidTr="00F356B5">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="07760145" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="551B64FE" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16FE5591" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...128 lines deleted...]
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...39 lines deleted...]
-              <w:t>60-73-13</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="3883A430" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="76168F91" w14:textId="77777777" w:rsidTr="00F356B5">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3E195AF9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...46 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="5409326C" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE029A1" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AA01DE" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B701F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="00E95246" w:rsidRPr="00E95246">
+            <w:r w:rsidRPr="008B701F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...21 lines deleted...]
-              <w:t>1@goo.edu.kz</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>osh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A472B2" w14:paraId="772BB39D" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="476CB56C" w14:textId="77777777" w:rsidTr="00F356B5">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3E9AB5" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...19 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="5A8E996C" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...108 lines deleted...]
-              <w:t>16 сағат</w:t>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA0A5DE" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D080320" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="009341ED">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="009341ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">истории с русским языком обучения, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A472B2" w14:paraId="127617F5" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="0AC6915A" w14:textId="77777777" w:rsidTr="00F356B5">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="62969727" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...114 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+          <w:p w14:paraId="3078BF0F" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23467F96" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62996EDD" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="333EF82A" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C341F8" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="7BC704DB" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="2E961FBD" w14:textId="77777777" w:rsidTr="00F356B5">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5781BE49" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-[...84 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7EC2DD64" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B45245" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C4EE2A" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F1BDF0" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 129 258,89 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6210839E" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="404EFDF2" w14:textId="77777777" w:rsidTr="00F356B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="504C593F" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C089996" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F8BEDA" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BE5CE1" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EFDF99B" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="205D8F4B" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="19E21AE2" w14:textId="77777777" w:rsidTr="00F356B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3171149E" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A30B3DC" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1970DD2F" w14:textId="7ADC8CA5" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="008B3871" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7930">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009341ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7930">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7930">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2024</w:t>
+            </w:r>
+            <w:r w:rsidR="009341ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00477561" w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7930">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00477561" w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7930">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="1247285F" w14:textId="77777777" w:rsidTr="00F356B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="122E1C88" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E094B60" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="159D5DAC" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="511F4103" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370DEC67" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C32FCDE" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B1B9522" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3513F1" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B4ACF2F" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FFAEE41" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68930595" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B4A1A64" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39C11B8A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
-[...2 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="14E3526F" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDE3993" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B53A0A8" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A472B2" w14:paraId="3B1BA329" w14:textId="77777777" w:rsidTr="009540D9">
-[...3127 lines deleted...]
-                <w:szCs w:val="21"/>
+      <w:tr w:rsidR="00477561" w:rsidRPr="008B701F" w14:paraId="64FF9722" w14:textId="77777777" w:rsidTr="00F356B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE48819" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t xml:space="preserve"> демалысы кезеңіне</w:t>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3045FAC7" w14:textId="77777777" w:rsidR="00477561" w:rsidRPr="008B701F" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B27A04" w14:textId="7DAE11CA" w:rsidR="00477561" w:rsidRPr="009C7930" w:rsidRDefault="00477561" w:rsidP="008B701F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B701F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>на период отпуска по уходу за ребенком основного работника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="217F038C" w14:textId="77777777" w:rsidR="003153C2" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w14:paraId="3C55EF95" w14:textId="77777777" w:rsidR="00477561" w:rsidRDefault="00477561" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20B7D572" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="47D5071D" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47844A1C" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="527EB129" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="391BE9E4" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="615F52A0" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EE8A1DF" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="20F1B113" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D96E43E" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="7322DD6C" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60BEFEA8" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="1B9568EE" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A3C4E99" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="4DE72D21" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="169FF5B6" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="38BB2D72" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11A20E74" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="7FCB3BD0" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1111289F" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="32C28CC1" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A50233E" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="6C9E9B0E" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F64E64D" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="1BAF6B37" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CE3FD93" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="33B0CBA9" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0183D5EF" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="2081F274" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39B2EA19" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="343F20BC" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FCB845F" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="74D7A8E8" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DA1F3CC" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="1077B99B" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2912B74C" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="5C182362" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E0E9E73" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="251249A9" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21E17254" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="49A090D1" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60EBBE1B" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="2FE07326" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EE8F77C" w14:textId="77777777" w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+    <w:p w14:paraId="50AE4EBF" w14:textId="77777777" w:rsidR="007F5C75" w:rsidRDefault="007F5C75" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...201 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D62DB3" w14:paraId="278A3B15" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="004643BF" w:rsidRPr="004643BF" w14:paraId="04E92895" w14:textId="77777777" w:rsidTr="00961B27">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A0FDC57" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004643BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D84BF1C" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004643BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A47647" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DC10A3">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004643BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="685A6B37" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004643BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FD00C9F" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004643BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B812254" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004643BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="440EC004" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...19 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004643BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D096B3E" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="001F4BA9" w:rsidRDefault="00E51B79" w:rsidP="00C61A11">
+    <w:p w14:paraId="7FC68868" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004643BF" w:rsidRDefault="004643BF" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D6428D3" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="7E6C0B64" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367F17DF" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="11FE0739" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C38B2C" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="5967CDFA" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E55D977" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622CD737" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="3E84AEC7" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4932E4" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="0331EE93" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9A2E8F" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3253D5" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="0EF8DD6D" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C534EEC" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B08B67" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="2307BA02" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E0CC86" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="7A77A561" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12133648" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="5B108574" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0616168A" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="23DC9FDD" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186B7052" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="61EDAA43" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A9C964" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA0079A" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC0B880" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="4F50659A" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387307FA" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
-[...20 lines deleted...]
-    <w:p w14:paraId="3005D6DD" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="5A56A9CC" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я, адрес (область, район, город/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B10BC57" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="49BCE3AE" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C16508F" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="6E776B9D" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1D80FF" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="76686B54" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EEA7B1D" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAEFC4A" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="2481DC48" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16115BD5" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="24EC7A58" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32FCAFA7" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="1F1E40B0" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EB7921" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="66A454AF" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="10"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2105"/>
+        <w:gridCol w:w="2884"/>
+        <w:gridCol w:w="2121"/>
+        <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E51B79" w:rsidRPr="00E51B79" w14:paraId="707D6E4D" w14:textId="77777777" w:rsidTr="00C61A11">
+      <w:tr w:rsidR="004643BF" w:rsidRPr="00790B31" w14:paraId="263336F2" w14:textId="77777777" w:rsidTr="00961B27">
         <w:trPr>
-          <w:trHeight w:val="1251"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E92AA33" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="4951B8FB" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F32553D" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E51B79">
-[...15 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E51B79">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E51B79">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28FD001F" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFA5B83" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B95778B" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E51B79">
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E51B79">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30181039" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E51B79">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="0C493B87" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
-[...8 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51B79" w:rsidRPr="00E51B79" w14:paraId="47926095" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="004643BF" w:rsidRPr="00790B31" w14:paraId="254AC79F" w14:textId="77777777" w:rsidTr="00961B27">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16FD6C06" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="15CFAC65" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B15674C" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F28A8D2" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E174CE" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="00961B27">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55900B92" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="40D8EEDC" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1218B8E8" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="5D504E6E" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDDAA00" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECFAC40" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="500FDC9B" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8EF97C" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0705AEFE" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0016E872" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E00A4D" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F7D7E1" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2921CB2B" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="107BFEC6" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE9B6B6" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44135A94" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3586C059" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8DF558" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A09F0BC" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="004D07D1" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6525E1" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00452A41" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597A6017" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="656AEA73" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...93 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="46C53AF5" w14:textId="77777777" w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+    <w:p w14:paraId="51B12314" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="00790B31" w:rsidRDefault="004643BF" w:rsidP="004643BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="139BA649" w14:textId="77777777" w:rsidR="004643BF" w:rsidRPr="001B695E" w:rsidRDefault="004643BF" w:rsidP="004643BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C61A11">
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...37 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E51B79">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...531 lines deleted...]
-      <w:r w:rsidRPr="00E51B79">
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...74 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="2"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="424A163D" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="63C9C6FC" w14:textId="77777777" w:rsidTr="00961B27">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="703AD17E" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="55470733" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B83CADB" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="20EC10B6" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="ae"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B49E026" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00D4564D" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872670">
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ae"/>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C28D6F6" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00D4564D" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872670">
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45CB8E4F" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00D4564D" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ae"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00872670">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D1F38C1" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00D4564D" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ae"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00872670">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21D1059A" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00D4564D" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AD0B557" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4564D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F440704" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+    <w:p w14:paraId="4EE39F77" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="002E00FE" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FCDEAA9" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+    <w:p w14:paraId="0D6983FB" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00872670">
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00872670">
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...139 lines deleted...]
-      <w:r w:rsidRPr="00872670">
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B036CC" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...35 lines deleted...]
-    <w:p w14:paraId="78333567" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+    <w:p w14:paraId="23F8EF4E" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200142E1" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="002E00FE" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="2DB0C5CD" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="712FDBD4" w14:textId="77777777" w:rsidTr="00961B27">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F94B603" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6F6669" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB8BE96" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69743E75" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8CF0A9" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F95B49" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...199 lines deleted...]
-            <w:r w:rsidRPr="00872670">
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="591A2975" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="2D312493" w14:textId="77777777" w:rsidTr="00961B27">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54114BD3" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D0B4EC9" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3696C893" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="519990F5" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5AF3E1" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="004D03FA" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B4AAF4B" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="004D03FA" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B339EB2" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="004D03FA" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465BF352" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="004D03FA" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="509276C4" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE31F36" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="18FE2CDF" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5154D998" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F2C6CEB" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="265B3EE7" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1588DAFE" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E460928" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>деңгейі</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FDA16EE" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAE624F" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="228D6341" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45DA6257" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6A0C1504" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C8F2885" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B127000" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5F893E" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7520CFCF" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D13290" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="03F447FF" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25257D25" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A3EC7B0" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="457F7D35" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46F34507" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DABF129" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484FA702" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32C6CDF8" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>Білімі</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FD87F8F" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FA249F7" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFC91B4" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="676E5B5D" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB3E8BD" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="334883C1" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D7AB0FE" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76E4D251" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="436569A8" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2493322B" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF850D2" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A4160C7" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="392A9FFD" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="72FBDE2A" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FF34A97" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33818E00" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C315551" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA2CA8F" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>туралы</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F41AA64" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65327B05" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA64D99" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="656B063D" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4386ED90" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A549457" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09CB9E15" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="637C4240" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>дипломның</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31067B0D" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60AB677B" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AADB7A5" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="0BCBBE3B" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55DB2F12" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54A9A85E" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BAD0E65" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="090DEFEB" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76B9B8D3" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF4682B" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="344D1AA7" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D045B21" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B28A806" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C2E05E" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C266F76" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="398EB844" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="333FDD99" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>дипломға</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>қосымшаның</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>көшірмелері</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="342508B4" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="0B2B2565" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="1694"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65FB7DF8" w14:textId="77777777" w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w14:paraId="224D92EF" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="150AA8D4" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54FB83DD" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFE8DA0" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738C12E1" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FBD472F" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B60C33E" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2F1450" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="1A847207" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11464F7D" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51641FF0" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="092A1681" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EADFDF3" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63F417C3" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26406E6E" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D93C98" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F64365" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="4FF3BCB5" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="66174597" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25D5A3E6" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FFD7391" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09474052" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D7B3793" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B0FB534" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34A76B93" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:p>
+          <w:p w14:paraId="15D6BE85" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A57BF2B" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="434DC012" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="18CE3826" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4CD9D4" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314D738E" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0356EAC0" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38788B43" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03835612" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6089A403" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B65FF21" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F94804" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204C8FAE" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3430D1F7" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="33139401" w14:textId="77777777" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="549B4CA3" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64D7DDBB" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00872670">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00872670">
-[...152 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48624AF1" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE1CAA0" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A275C7A" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w14:paraId="5B6DDBFC" w14:textId="77777777" w:rsidTr="00961B27">
+      <w:tr w:rsidR="00D4564D" w:rsidRPr="00B25802" w14:paraId="681F7BF3" w14:textId="77777777" w:rsidTr="00961B27">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...23 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1121C27B" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...5185 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="572EB389" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="001235A7" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...63 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AA7A38" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="00B25802" w:rsidRDefault="00D4564D" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62B4DBB3" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00E51B79">
+    <w:p w14:paraId="1AE30FAB" w14:textId="77777777" w:rsidR="00D4564D" w:rsidRPr="0020641A" w:rsidRDefault="00D4564D" w:rsidP="00D4564D">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F5D447C" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="13DCC64D" w14:textId="77777777" w:rsidR="00CA618B" w:rsidRPr="00D4564D" w:rsidRDefault="00CA618B" w:rsidP="00D4564D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48191673" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...883 lines deleted...]
-    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidSect="008C5114">
+    <w:sectPr w:rsidR="00CA618B" w:rsidRPr="00D4564D" w:rsidSect="0077296D">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="426" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F7BF055" w14:textId="77777777" w:rsidR="008C5114" w:rsidRDefault="008C5114" w:rsidP="00D62DB3">
+    <w:p w14:paraId="3B6C8A84" w14:textId="77777777" w:rsidR="0077296D" w:rsidRDefault="0077296D" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="379939A1" w14:textId="77777777" w:rsidR="008C5114" w:rsidRDefault="008C5114" w:rsidP="00D62DB3">
+    <w:p w14:paraId="0BDE2D41" w14:textId="77777777" w:rsidR="0077296D" w:rsidRDefault="0077296D" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...18 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30E209A0" w14:textId="77777777" w:rsidR="008C5114" w:rsidRDefault="008C5114" w:rsidP="00D62DB3">
+    <w:p w14:paraId="7F2344F6" w14:textId="77777777" w:rsidR="0077296D" w:rsidRDefault="0077296D" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6393207C" w14:textId="77777777" w:rsidR="008C5114" w:rsidRDefault="008C5114" w:rsidP="00D62DB3">
+    <w:p w14:paraId="7C373118" w14:textId="77777777" w:rsidR="0077296D" w:rsidRDefault="0077296D" w:rsidP="00477561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...657 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...679 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="000A0E08"/>
+    <w:rsid w:val="000A0E08"/>
+    <w:rsid w:val="004643BF"/>
+    <w:rsid w:val="00477561"/>
+    <w:rsid w:val="005752A2"/>
+    <w:rsid w:val="00757B49"/>
+    <w:rsid w:val="0077296D"/>
+    <w:rsid w:val="007F5C75"/>
+    <w:rsid w:val="00855241"/>
+    <w:rsid w:val="008B3871"/>
+    <w:rsid w:val="008B701F"/>
+    <w:rsid w:val="008D1ADB"/>
+    <w:rsid w:val="009341ED"/>
+    <w:rsid w:val="009409AD"/>
+    <w:rsid w:val="009C7930"/>
+    <w:rsid w:val="00C02209"/>
+    <w:rsid w:val="00C34CB8"/>
+    <w:rsid w:val="00CA618B"/>
+    <w:rsid w:val="00D4564D"/>
+    <w:rsid w:val="00EB255C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="505AAF27"/>
-  <w15:docId w15:val="{2DA9DED1-AB99-4AFD-A5E5-60933E53C850}"/>
+  <w14:docId w14:val="0DA30D46"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{207D5CDB-44BA-44DD-BC4C-726BC4301959}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16617,659 +9007,473 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00477561"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00477561"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D62DB3"/>
+    <w:rsid w:val="00477561"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D62DB3"/>
+    <w:rsid w:val="00477561"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D62DB3"/>
+    <w:rsid w:val="00477561"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D62DB3"/>
+    <w:rsid w:val="00477561"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="00E51B79"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D4564D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...37 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1987</Words>
-  <Characters>11328</Characters>
+  <Words>2067</Words>
+  <Characters>11786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13289</CharactersWithSpaces>
+  <CharactersWithSpaces>13826</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>user</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>