--- v0 (2025-12-06)
+++ v1 (2025-12-18)
@@ -1,3340 +1,4872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00692083">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени Рафики Нұртазиной</w:t>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">м языком обучения </w:t>
+        <w:t>«Павлодар қаласының Рафика Нұртазина атындағы жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00692083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілінде оқытатын математика мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00692083" w:rsidRPr="008C6664" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Рафики Нұртазиной города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Р.Нұртазина атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000F121A" w:rsidRDefault="00692083" w:rsidP="00692083">
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          </w:p>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Бакинская көшесі, 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...85 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 61-12-96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh23@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00692083" w:rsidRPr="008C6664" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">учитель математики с русским языком обучения,  </w:t>
+              <w:t xml:space="preserve">орыс тілінде оқытатын математика мұғалімі, </w:t>
             </w:r>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16 часов</w:t>
+              <w:t>16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00692083" w:rsidRPr="008C6664" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:t>выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>- высшее образование (min): 159 626,94 тенге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 159 626,94  теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="008C6664" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="008C6664" w:rsidP="00785D50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02.05-14.05.2024</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="008C6664" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән бойынша сертификаттау нәтижелері туралы сертификаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...21 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Бос лауазымның мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...109 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...1346 lines deleted...]
-              <w:t>постоянно</w:t>
+              <w:t>Тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRPr="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006821DA" w:rsidRPr="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00842716" w:rsidRDefault="00842716" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...364 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5741"/>
+        <w:gridCol w:w="4339"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="00842716">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+              <w:t>қағидаларына 10-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
-      </w:r>
-[...15 lines deleted...]
-        <w:t>_______________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>государственный орган, объявивший конкурс</w:t>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3366,6564 +4898,8567 @@
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...16 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>(должность, место работы)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...36 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
+              <w:t>орнының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
+              <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+        <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>подтверждения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>):_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...28 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...72 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«___</w:t>
+        <w:t>20____</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___года</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">              ______________________</w:t>
+        <w:t>»_______________           ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                              </w:t>
+        <w:t xml:space="preserve">                                                                                                                                     </w:t>
       </w:r>
       <w:r w:rsidR="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               </w:t>
+        <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>)</w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>назначения на должности,</w:t>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
+              <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество</w:t>
+        <w:t>(Т.Ә.А. (б</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ар болса</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(при его наличии))</w:t>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006821DA">
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ценка</w:t>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> = 5 баллов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...436 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...191 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...150 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...255 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...91 lines deleted...]
-              <w:t>3 балла</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00842716" w:rsidRPr="008C6664" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...16 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...50 lines deleted...]
-              <w:t>- государственная награда</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>научных проектов = 1 балл</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...228 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...14 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...82 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00842716" w:rsidRPr="008C6664" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...14 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-              <w:t>наставник = 0,5 балла</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...173 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="006821DA">
+      <w:tr w:rsidR="00842716" w:rsidRPr="008C6664" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="803"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>- сертификаты предметной подготовки;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006821DA">
-[...736 lines deleted...]
-              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127" w:right="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-              <w:t>= 0,5 балла</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
+              <w:ind w:left="127" w:right="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...82 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-              <w:t>12</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...93 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="008C6664" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="008C6664" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="20"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...15 lines deleted...]
-              <w:t>Итого:</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="127"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
-[...53 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidSect="006821DA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -9942,86 +13477,85 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001859F0"/>
-    <w:rsid w:val="000606D5"/>
-    <w:rsid w:val="000F121A"/>
+    <w:rsid w:val="00040C63"/>
     <w:rsid w:val="001859F0"/>
-    <w:rsid w:val="004B63F0"/>
-    <w:rsid w:val="00503443"/>
     <w:rsid w:val="006821DA"/>
     <w:rsid w:val="00692083"/>
     <w:rsid w:val="0070609E"/>
+    <w:rsid w:val="00713BC5"/>
+    <w:rsid w:val="00785D50"/>
     <w:rsid w:val="00842716"/>
-    <w:rsid w:val="009B5BB5"/>
-    <w:rsid w:val="00A65EEB"/>
+    <w:rsid w:val="008C6664"/>
+    <w:rsid w:val="00A12340"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="04611B8A"/>
+  <w14:docId w14:val="55F51689"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4FD76877-C33C-4ED3-9F02-8BDBD93C42AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -10447,51 +13981,51 @@
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10711,75 +14245,59 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2043</Words>
-  <Characters>11647</Characters>
+  <Words>1968</Words>
+  <Characters>11224</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13663</CharactersWithSpaces>
+  <CharactersWithSpaces>13166</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сула</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>