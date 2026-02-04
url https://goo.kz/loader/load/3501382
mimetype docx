--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -3,5375 +3,8653 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1C40516C" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1561EE1A" w14:textId="68F82852" w:rsidR="00053A6F" w:rsidRDefault="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132FB991" w14:textId="28EEB91B" w:rsidR="00053A6F" w:rsidRDefault="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07480963" w14:textId="06AE9077" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №18 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>" КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719CCD3D" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277A98CB" w14:textId="71E8DEEC" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBCFEB2" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69401AF2" w14:textId="2683A8FD" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="23F6BFD6" w14:textId="4C2A4AFC" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D8B8203" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aa"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="515"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2485"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="4438"/>
+        <w:gridCol w:w="2481"/>
+        <w:gridCol w:w="2479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B574A" w14:paraId="3CB71C08" w14:textId="77777777">
+      <w:tr w:rsidR="00053A6F" w14:paraId="73DEE3CF" w14:textId="77777777" w:rsidTr="004E7A96">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6815B2" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="74677C7A" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="004E7A96">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03151A2B" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="411F575F" w14:textId="2FEB668D" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="004E7A96">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00053A6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Должность</w:t>
+              <w:t>Лауазымы</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B99A88E" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="6A67A583" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="004E7A96">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E42DA0" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="25456FCD" w14:textId="767CDC06" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="004E7A96">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00053A6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Язык обучения</w:t>
+              <w:t>Оқыту</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00053A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00053A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B574A" w14:paraId="7490E8D0" w14:textId="77777777">
+      <w:tr w:rsidR="00053A6F" w14:paraId="5E186658" w14:textId="77777777" w:rsidTr="004E7A96">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57BB2EA1" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="48D68252" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00883598">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42F8BA85" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="68526305" w14:textId="4D619549" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00883598">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Воспитатель </w:t>
+              <w:t>Тәрбиеші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B184699" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="3BADB1D9" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00883598">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5943F5" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="118CB56A" w14:textId="55220C9C" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00883598">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Русский </w:t>
+              <w:t>Орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76407975" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="000B574A">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="75012E03" w14:textId="07AD0EC4" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...20 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="151C2250" w14:textId="735D17DF" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5569CAC9" w14:textId="28717E88" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="251001C6" w14:textId="2B03E278" w:rsidR="00053A6F" w:rsidRPr="00F30385" w:rsidRDefault="00053A6F" w:rsidP="00F30385">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...337 lines deleted...]
-          <w:rFonts w:eastAsia="monospace"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F30385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, оларды тәрбиелеу мен оқытуда Денсаулық сақтау технологияларын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C12457" w14:textId="12F0DEDA" w:rsidR="00053A6F" w:rsidRPr="00F30385" w:rsidRDefault="00F30385" w:rsidP="00F30385">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F30385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053A6F" w:rsidRPr="00F30385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік жалпыға міндетті білім беру стандартының талаптарына, мектепке дейінгі тәрбие мен жас тобын оқытудың үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6255B139" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. режимдік сәттерді ұйымдастырады және өткізеді (таңертеңгі қабылдау, таңертеңгілік гимнастика, күн ішінде тамақтану, балалардың іс-әрекетін басқарады (ойын, шығармашылық, танымдық, қозғалыс, бейнелеу, еңбек, эксперименттік, дербес және басқалар), серуендеу, күндізгі ұйқы, жеке жұмыс, сауықтыру іс-шаралары, пәндік-дамытушылық орта жасайды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7CC614" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. балалармен жұмыс жасауда тұлғаға бағытталған тәсілді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C7B619" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек көрсетеді, мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын, оқу-әдістемелік әдебиеттерді зерделеу негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім беру процесін жоспарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA1A5D6" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. қол жеткізілген нәтижелерді талдау негізінде тәрбие-білім беру қызметін жобалайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D63EAE4" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. мектепке түсу кезінде тең бастапқы мүмкіндіктерді қамтамасыз ету үшін ерекше білім беру қажеттіліктері бар балаларды білім беру ортасына әлеуметтендіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D371940" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. мамандардың ұсынымдарын ескере отырып, ерекше білім беру қажеттіліктері бар әрбір балаға жеке көзқарасты қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D07FCC" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. мектепке дейінгі ұйымда өткізілетін іс-шараларға (кеңестер, педагогикалық және әдістемелік кеңестер, конкурстар және басқалар)қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC37CE5" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. отандық және шетелдік тәжірибені зерделеу негізінде үздік тәжірибелерді зерделеу, жалпылау, тарату және енгізумен айналысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B880ECC" w14:textId="31746C4E" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. мектеп жасына дейінгі балаларды тәрбиелеу және оқыту мәселелері бойынша ата-аналарға консультациялық көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6BB790" w14:textId="716DF73C" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B2B687" w14:textId="3D112B17" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56AEE739" w14:textId="0EE955B2" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="288934EE" w14:textId="32C048D5" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15B6D9F7" w14:textId="22D49041" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FAED7F1" w14:textId="019F1996" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA54B96" w14:textId="135186E6" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39B0D67C" w14:textId="50211DF9" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2187CBE0" w14:textId="71A511DC" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64AB1BAE" w14:textId="1351DEAB" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46D814A5" w14:textId="6A9CE591" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201FCD89" w14:textId="7F1CBCC9" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C8357D2" w14:textId="25CCBCE0" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A76AFF2" w14:textId="7648B732" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00F30385">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="466568CF" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FAA2E4F" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="monospace"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...14 lines deleted...]
-          <w:rFonts w:eastAsia="monospace"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBF553C" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Конституциясы, "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Қазақстан Республикасының заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын Қазақстан Республикасының өзге де нормативтік құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D358BAD" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мемлекеттік жалпыға міндетті білім беру стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3C647B" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мектепке дейінгі тәрбие мен оқытудың үлгілік бағдарламасының мазмұны мен құрылымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E7AD75" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- педагогикалық этика нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F63520" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Психология және педагогика, алғашқы дәрігерге дейінгі медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау қағидалары, санитариялық қағидалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B60DB5F" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCCC80B" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- еңбек заңнамасының негіздері, ішкі еңбек тәртібі, еңбек қауіпсіздігі және еңбекті қорғау, өрттен қорғау ережелері, санитарлық ережелер мен нормалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442323A4" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="monospace"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...367 lines deleted...]
-          <w:rFonts w:eastAsia="monospace"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131B15A9" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- "Мектепке дейінгі тәрбие және оқыту" бағыты бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі немесе техникалық және кәсіптік педагогикалық білім немесе жоғары және (немесе) жоғары оқу орнынан кейінгі және (немесе) техникалық және кәсіптік педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111AA806" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...57 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46ACA76D" w14:textId="18B40913" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="0069632E" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069632E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...171 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13.05 – 21.05</w:t>
+      </w:r>
+      <w:r w:rsidR="00053A6F" w:rsidRPr="0069632E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...8 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00053A6F" w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар жұмыс уақытында қабылданады. Көрсетілетін қызметті алушы көрсетілетін қызметті берушінің кеңсесіне не порталға мынадай құжаттарды береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689FD1BE" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="563E5B5C" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...8 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...8 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы көрсетілетін қызметті берушінің кеңсесіне не Мемлекеттік корпорацияға мынадай құжаттарды береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3143C37F" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 21 ақпандағы № 57 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7495 болып тіркелген) мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидаларына 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAFA845" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D71D55" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу жөніндегі жеке парақ және фото;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378D1D8C" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) білім туралы мемлекеттік үлгідегі құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB34B44" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685B4D83" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) "Денсаулық сақтау саласындағы есептік құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B98451" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1515D638" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C7DE11" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сертификаттаудан өткені туралы сертификат (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9EDCBC" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) түйіндеме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4886F8BB" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) Білім және ғылым министрінің бұйрығымен бекітілген мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін қызметке тағайындау, қызметтен босату қағидаларына 17-қосымшаға сәйкес нысан бойынша "дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімі Қазақстан Республикасының 2012 жылғы 21 ақпандағы № 57 (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7495 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D010601" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B506008" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...930 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекен-жайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73740EDB" w14:textId="7B9A48FD" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы, Олжабай батыр көшесі, 11/1 үй тел. 8 705 229 73 53</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68EF1974" w14:textId="37B0679C" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="058397CE" w14:textId="24635BEE" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12CA85BE" w14:textId="7E797A0D" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="154C2F20" w14:textId="26B88F68" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="116245C7" w14:textId="021B913A" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="769F1ECE" w14:textId="516DC2A4" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AD0FD71" w14:textId="3E97DF86" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6366DABD" w14:textId="7BE2744D" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3994A08A" w14:textId="15DF9DA2" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EAF1EFA" w14:textId="5F442F77" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DDCF7B" w14:textId="396D8710" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E34170" w14:textId="5E522A3F" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112B9472" w14:textId="4FEA9FEC" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7705F7A6" w14:textId="3AFA901E" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3977AFA2" w14:textId="3F99A06F" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03ACA037" w14:textId="108B01F3" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FD681F2" w14:textId="2344035F" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034220EB" w14:textId="1AF57CD6" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56C2F0B0" w14:textId="0F9883B4" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69015C37" w14:textId="743BA349" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EF42AA5" w14:textId="6814D0FC" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01A2339C" w14:textId="46A295E7" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="665D9B87" w14:textId="302482D4" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03BBD15E" w14:textId="575BA829" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="724F22C1" w14:textId="60F53B99" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AFC5598" w14:textId="7D6C691A" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43091630" w14:textId="4EA50022" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B030A3F" w14:textId="2EACC9F6" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35CCA940" w14:textId="0785CFA6" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="337BCD27" w14:textId="2F7A0D56" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785E709C" w14:textId="5A12FEBE" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25C3926C" w14:textId="5AD4F314" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="367E28CC" w14:textId="20EFEE7B" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F9CAC64" w14:textId="288E4BA6" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75F8F88B" w14:textId="6B63D325" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FA82CF2" w14:textId="21D13F85" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="737E91AD" w14:textId="59A79B2C" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF8D49C" w14:textId="1E010E2F" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2989ECAE" w14:textId="2B498D41" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FBCB960" w14:textId="46206BA5" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CE75A0" w14:textId="5F836F69" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50560BC0" w14:textId="100DA137" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75EE73FF" w14:textId="57E5069B" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083B43A6" w14:textId="649EFAE3" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="420BD086" w14:textId="5A4B7A65" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5230CBFF" w14:textId="3860C839" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00F30385">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73EDFA56" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42BF181D" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380CE9B3" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тағайындау ережелеріне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626E57B6" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>босатылған лауазымдарға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E27B93C" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірінші лауазымдардан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F9FDA7" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5584B4C0" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік ұйымдардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1715B8" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A92A3C" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пішін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC5F2F9" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5407169E" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік орган,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFB9546" w14:textId="77777777" w:rsidR="00053A6F" w:rsidRPr="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B8F2D1" w14:textId="0BA9A7F6" w:rsidR="00053A6F" w:rsidRDefault="00053A6F" w:rsidP="00053A6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00053A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9AA808" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312D2887" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кандидаттың Т. А. Ә, (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7892FE" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28ABECD9" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A9FAC0" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22058140" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483C447F" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1CAA95" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C8E5EE" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені бос/уақытша бос орынға конкурсқа жіберуіңізді сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2729A019" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымдар, сертификаттау (керегінің астын сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EFA13F" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E09B046" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BC44BA" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A54F24" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, Ұйымның атауы, мекен-жайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D9DB11" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификаттаудан өту тілі: қазақ/орыс тілдерінде қажеттінің астын сызу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB5DD7D" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069D3F71" w14:textId="1F34165A" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9514" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-[...695 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2877"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3129"/>
+        <w:gridCol w:w="2490"/>
+        <w:gridCol w:w="3984"/>
+        <w:gridCol w:w="3040"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B574A" w14:paraId="4115F67C" w14:textId="77777777">
+      <w:tr w:rsidR="00CF684A" w14:paraId="6044C1BD" w14:textId="77777777" w:rsidTr="00CF684A">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="28"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2877" w:type="dxa"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="355A85B8" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="41638DD1" w14:textId="31BEF6E3" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF684A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Наименование учебного заведения</w:t>
+              <w:t>Оқу</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC8AA59" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="234450E9" w14:textId="6169BBB0" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF684A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3129" w:type="dxa"/>
+            <w:tcW w:w="3040" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="693C159C" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
+          <w:p w14:paraId="0EE0C726" w14:textId="48BA6B3A" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF684A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
+              <w:t xml:space="preserve">Диплом </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF684A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B574A" w14:paraId="31D446FF" w14:textId="77777777">
+      <w:tr w:rsidR="00CF684A" w14:paraId="72898EAC" w14:textId="77777777" w:rsidTr="00CF684A">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="28"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2877" w:type="dxa"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="029DD3B5" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="000B574A">
+          <w:p w14:paraId="48C94DB2" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BCF865D" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="000B574A">
+          <w:p w14:paraId="6DB67DED" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6362A628" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="000B574A">
+          <w:p w14:paraId="0D09EC41" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5A8D2D90" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="000B574A">
+          <w:p w14:paraId="50B93687" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3129" w:type="dxa"/>
+            <w:tcW w:w="3040" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7519CFC4" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="000B574A">
+          <w:p w14:paraId="6C6DCCBB" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A4485F7" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="000B574A">
+          <w:p w14:paraId="4B540D28" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="004E7A96">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37B47EA0" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z340"/>
+    <w:p w14:paraId="334285BB" w14:textId="43B5DB4E" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7EC071" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z341"/>
+    <w:p w14:paraId="391B4992" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E22D12" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Менде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE7ECE0" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Марапаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1576FEFB" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1120A01A" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фото, видео, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>автоматтандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдаланбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жүйелерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беремін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAAD2C6" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сертификаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өтетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғимаратта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бірін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тырысқаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>актіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жасай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тастау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ескертемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5364BACA" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>зат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>табылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мерзімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сертификаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құқығынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>айырылатыныма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>хабарланды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5EAE73" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Сертификаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ережелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бұзу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>фактілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мерзіміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бейнежазбаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жасалып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>күші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жойылатыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>хабарланды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D574E29" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195E79AD" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (пейджер, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ұялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Телефондар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>планшеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ipad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), iPhone (iPhone), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), смарт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сағаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ноутбуктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ойнатқыштар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>модемдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мобильді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>маршрутизаторлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="586EA236" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>радио-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>байланыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>түрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Fi (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Fi), Bluetooth (Bluetooth), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>), 3G (3 Джи), 4G (4 Джи), 5G (5 Джи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751CC95" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сымсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құлаққаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>басқалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шпаргалкалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>әдебиеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>калькуляторлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сұйықтықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0822373D" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23ADE119" w14:textId="6A9F10BB" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...404 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z342"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>     </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A14FED" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Сертификаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ережелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>таныстым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2C4A3D4F" w14:textId="6E841FEF" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"____" ______________20___жыл ____________________ /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5DCA03EB" w14:textId="2A052C68" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="474D5943" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен келісемін _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D663E6C" w14:textId="11C6E2B9" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Награды, звания, степень, ученая степень, ученое звание, а также </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5675A254" w14:textId="77777777" w:rsidR="00CF684A" w:rsidRPr="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификаттау және конкурс өткізу ережелерімен таныстым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23856A0D" w14:textId="7351BCA8" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"____" ______________20___жыл ____________________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21BF7A5C" w14:textId="49C5E2AE" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4795FD16" w14:textId="601B0098" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F2ABA0" w14:textId="26AEDBE3" w:rsidR="00CF684A" w:rsidRDefault="00CF684A" w:rsidP="00CF684A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32975159" w14:textId="77777777" w:rsidR="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72188B2F" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша 17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A091B2" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>тағайындау ережелеріне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55022ACF" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>босатылған лауазымдарға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F313C89" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>бірнші лауазымдардан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEC3ED8" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Басшылар педагогтарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3833AD99" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік үйімдардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6768DAE8" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+        <w:t>Мен оны аламын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D36673D" w14:textId="0B80CDEE" w:rsidR="00CF684A" w:rsidRPr="00711E50" w:rsidRDefault="00CF684A" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пішін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347AF3F6" w14:textId="3687CEC2" w:rsidR="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1313A9F8" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112690F9" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шектеулі қолжетімділіктің дербес деректеріне қол жеткізуге көрсетілетін қызметті алушының келісімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F945CA1" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен, ________________________________________________________мен келісім беремін қол жеткізу үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B23A7E" w14:textId="43A649D9" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1164 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="557AE1D8" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заңның 8-бабына сәйкес Мемлекеттік қызмет көрсету үшін талап етілетін мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымдарға тағайындау, лауазымдардан босату қағидаларына 1-қосымшаның 8-тармағына сәйкес қолжетімділігі шектеулі дербес деректерге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6636EEC9" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6473949F" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) дербес деректерді үшінші тұлғаларға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41197E6A" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) дербес деректерді өңдеу процесінде олардың трансшекаралық берілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A137C82" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) дербес деректерді жалпыға қолжетімді көздерде тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289C2C18" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылатын құжаттардың дұрыстығын растау үшін талап етілетін өзге де мәліметтерді және Мемлекеттік қызмет көрсету кезінде біліктілік талаптарына сәйкестікті қамтитын қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісемін(а).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A545649" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Келісім Мемлекеттік қызмет көрсету нәтижесін алғанға дейінгі барлық кезең ішінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607EDF85" w14:textId="77777777" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B7451F" w14:textId="77777777" w:rsidR="000B574A" w:rsidRDefault="003B22C7">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="000B574A">
+    <w:p w14:paraId="3E364DCF" w14:textId="0F466C72" w:rsidR="00711E50" w:rsidRPr="00711E50" w:rsidRDefault="00711E50" w:rsidP="00711E50">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(қолы) (Т.А.Ә. (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00711E50" w:rsidRPr="00711E50">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21423153" w14:textId="77777777" w:rsidR="003B22C7" w:rsidRDefault="003B22C7">
+    <w:p w14:paraId="5A734B3F" w14:textId="77777777" w:rsidR="00FB2235" w:rsidRDefault="00FB2235">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DE52561" w14:textId="77777777" w:rsidR="003B22C7" w:rsidRDefault="003B22C7">
+    <w:p w14:paraId="5B643C3F" w14:textId="77777777" w:rsidR="00FB2235" w:rsidRDefault="00FB2235">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-[...6 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55E56DCD" w14:textId="77777777" w:rsidR="003B22C7" w:rsidRDefault="003B22C7">
+    <w:p w14:paraId="093E2303" w14:textId="77777777" w:rsidR="00FB2235" w:rsidRDefault="00FB2235">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="170C2F8C" w14:textId="77777777" w:rsidR="003B22C7" w:rsidRDefault="003B22C7">
+    <w:p w14:paraId="1F9E4754" w14:textId="77777777" w:rsidR="00FB2235" w:rsidRDefault="00FB2235">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="146776D7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D68A1BF4"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27D71BE3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72DE195A"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34193BFD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="34193BFD"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="425"/>
         </w:tabs>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A210803"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDC28C38"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F134751"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F503C20"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004273F1"/>
     <w:rsid w:val="00027F80"/>
+    <w:rsid w:val="00053A6F"/>
     <w:rsid w:val="00062801"/>
-    <w:rsid w:val="000B574A"/>
     <w:rsid w:val="000C0C94"/>
     <w:rsid w:val="000E6ADD"/>
     <w:rsid w:val="0017513D"/>
     <w:rsid w:val="001907C0"/>
     <w:rsid w:val="00193D3F"/>
     <w:rsid w:val="00223CF2"/>
     <w:rsid w:val="00242E5B"/>
     <w:rsid w:val="002E2781"/>
     <w:rsid w:val="00325DA4"/>
     <w:rsid w:val="003320B4"/>
     <w:rsid w:val="00396DD3"/>
-    <w:rsid w:val="003B22C7"/>
     <w:rsid w:val="003E384D"/>
     <w:rsid w:val="004273F1"/>
     <w:rsid w:val="00431FB8"/>
     <w:rsid w:val="00451EEB"/>
     <w:rsid w:val="00484558"/>
     <w:rsid w:val="004B06E4"/>
     <w:rsid w:val="005861BB"/>
     <w:rsid w:val="005A4F44"/>
     <w:rsid w:val="00615DA6"/>
     <w:rsid w:val="00660476"/>
     <w:rsid w:val="00692FC5"/>
+    <w:rsid w:val="0069632E"/>
     <w:rsid w:val="006C75F7"/>
+    <w:rsid w:val="00711E50"/>
     <w:rsid w:val="0077163A"/>
+    <w:rsid w:val="00773A7D"/>
+    <w:rsid w:val="00846554"/>
+    <w:rsid w:val="00873F75"/>
+    <w:rsid w:val="00883598"/>
     <w:rsid w:val="00883AA1"/>
     <w:rsid w:val="00885D44"/>
     <w:rsid w:val="008F679C"/>
-    <w:rsid w:val="00946571"/>
     <w:rsid w:val="0097772B"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A50347"/>
     <w:rsid w:val="00AC71A2"/>
     <w:rsid w:val="00AC7272"/>
     <w:rsid w:val="00B0528F"/>
+    <w:rsid w:val="00B270B5"/>
     <w:rsid w:val="00B40B1F"/>
     <w:rsid w:val="00B651AC"/>
     <w:rsid w:val="00BD2829"/>
     <w:rsid w:val="00BD66AF"/>
     <w:rsid w:val="00C43926"/>
     <w:rsid w:val="00C65CB1"/>
     <w:rsid w:val="00C97832"/>
     <w:rsid w:val="00CB44FB"/>
     <w:rsid w:val="00CF1F1A"/>
+    <w:rsid w:val="00CF684A"/>
     <w:rsid w:val="00CF6BAF"/>
     <w:rsid w:val="00D464B0"/>
     <w:rsid w:val="00E01977"/>
     <w:rsid w:val="00E13BA8"/>
     <w:rsid w:val="00E24F60"/>
     <w:rsid w:val="00E3016F"/>
     <w:rsid w:val="00EB6467"/>
     <w:rsid w:val="00F23742"/>
+    <w:rsid w:val="00F30385"/>
+    <w:rsid w:val="00F73F6C"/>
     <w:rsid w:val="00F86B1F"/>
     <w:rsid w:val="00F87020"/>
+    <w:rsid w:val="00FB2235"/>
     <w:rsid w:val="02805A97"/>
     <w:rsid w:val="4FE36C71"/>
     <w:rsid w:val="5B8A25AF"/>
     <w:rsid w:val="6025124B"/>
     <w:rsid w:val="6E5012E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4B6BE5EB"/>
-  <w15:docId w15:val="{8A029AC5-9000-46E4-80E8-67384E76620D}"/>
+  <w14:docId w14:val="4BB86DDC"/>
+  <w15:docId w15:val="{A836C35D-D02F-4022-B913-6B01985BCB2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5922,59 +9200,85 @@
     <w:link w:val="a5"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст сноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00053A6F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="1476533800">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6223,60 +9527,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1588</Words>
-  <Characters>9052</Characters>
+  <Words>1523</Words>
+  <Characters>8683</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10619</CharactersWithSpaces>
+  <CharactersWithSpaces>10186</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.16731</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>B0BDE598B39B46AB8E66B465DEB01556_12</vt:lpwstr>
   </property>