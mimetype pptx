--- v0 (2025-12-07)
+++ v1 (2025-12-26)
@@ -1,36322 +1,10461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...63 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-[...300 lines deleted...]
-</p:presentation>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:body>
+    <w:p w14:paraId="0BF2D905" w14:textId="5BA8F298" w:rsidR="003C6AD0" w:rsidRPr="00C30A58" w:rsidRDefault="003C6AD0" w:rsidP="003C6AD0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6379"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:r w:rsidR="00493376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00051D92" w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051D92" w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00493376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ешением Научно-Методического Совета НАО «Национальный институт гармоничного развития человека»</w:t>
+      </w:r>
+      <w:r w:rsidR="00051D92" w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Проток</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л </w:t>
+      </w:r>
+      <w:r w:rsidR="00051D92" w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5572141D" w14:textId="77F33065" w:rsidR="00051D92" w:rsidRPr="00C7241F" w:rsidRDefault="003C6AD0" w:rsidP="003C6AD0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6379"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051D92" w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00277E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
+      </w:r>
+      <w:r w:rsidR="00051D92" w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00277E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">августа </w:t>
+      </w:r>
+      <w:r w:rsidR="00051D92" w:rsidRPr="00C7241F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE7FDDB" w14:textId="77777777" w:rsidR="00051D92" w:rsidRPr="00A364DE" w:rsidRDefault="00051D92" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCBE1FC" w14:textId="77777777" w:rsidR="00051D92" w:rsidRPr="00A364DE" w:rsidRDefault="00051D92" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B5576B0" w14:textId="2A519C36" w:rsidR="00051D92" w:rsidRPr="00A364DE" w:rsidRDefault="008E006E" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етодические</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B6F22A" w14:textId="53108E4A" w:rsidR="00051D92" w:rsidRPr="00A364DE" w:rsidRDefault="008E006E" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по педагогической </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддержке родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6670F315" w14:textId="2C1825E3" w:rsidR="002F2D3D" w:rsidRDefault="008E006E" w:rsidP="00A349B1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в воспитании и развитии детей в организациях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088A6EEC" w14:textId="77777777" w:rsidR="00A349B1" w:rsidRPr="00A349B1" w:rsidRDefault="00A349B1" w:rsidP="00A349B1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB92397" w14:textId="1AA370D7" w:rsidR="00DD5B2A" w:rsidRPr="00A364DE" w:rsidRDefault="002B6951" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5B2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D4D129" w14:textId="77777777" w:rsidR="00A63E68" w:rsidRPr="00A364DE" w:rsidRDefault="00A63E68" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BAD5B03" w14:textId="04FEAD9E" w:rsidR="007E7E42" w:rsidRDefault="005F1C3B" w:rsidP="000B5D6C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящие Методические рекомендации </w:t>
+      </w:r>
+      <w:r w:rsidR="00A45496" w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогической поддержк</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3AD8" w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="0085490E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или законных представителей (далее – родители)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E68" w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в воспитании и развитие детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E68" w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациях </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5758" w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования (далее – Методические рекомендации) разработаны в </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D1B" w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целях</w:t>
+      </w:r>
+      <w:r w:rsidR="00253F14">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6AD0" w:rsidRPr="0074239B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в целях усиления взаимодействия школы с родителями по вопросу обучения и воспитания детей, а также развития позитивной культуры у родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00253F14" w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00253F14">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D1B" w:rsidRPr="00BA2D1B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5462E6C4" w14:textId="57140811" w:rsidR="00A426C7" w:rsidRPr="00A364DE" w:rsidRDefault="00EA790E" w:rsidP="000B5D6C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задач</w:t>
+      </w:r>
+      <w:r w:rsidR="00173268" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и п</w:t>
+      </w:r>
+      <w:r w:rsidR="00A426C7" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едагогической поддержки родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00173268" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C1D2F8" w14:textId="7CAA124D" w:rsidR="00253F14" w:rsidRPr="000B5D6C" w:rsidRDefault="00EB0498" w:rsidP="000B5D6C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организация системно</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4855" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й </w:t>
+      </w:r>
+      <w:r w:rsidR="006218F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогической </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4855" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поддержки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00253F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="00253F14" w:rsidRPr="00253F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">развития педагогической культуры, психолого-педагогических и социальных </w:t>
+      </w:r>
+      <w:r w:rsidR="00253F14" w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетенций родителей для обеспечения благополучия детей</w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B87E4C2" w14:textId="07BEE13A" w:rsidR="006218F4" w:rsidRPr="000B5D6C" w:rsidRDefault="006218F4" w:rsidP="000B5D6C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">укрепление взаимодействия между организацией </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26687" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования и семьей в воспитании и </w:t>
+      </w:r>
+      <w:r w:rsidR="00253F14" w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E52C8D2" w14:textId="04F42A44" w:rsidR="006218F4" w:rsidRPr="000B5D6C" w:rsidRDefault="006218F4" w:rsidP="000B5D6C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">повышение </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21927" w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21927" w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за воспитание и развитие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5D6C" w:rsidRPr="000B5D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14680450" w14:textId="0ACDF510" w:rsidR="00A14F2A" w:rsidRPr="00B21927" w:rsidRDefault="00A14F2A" w:rsidP="00A14F2A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EEDB2A9" w14:textId="4B871BB6" w:rsidR="00DD5B2A" w:rsidRPr="00A364DE" w:rsidRDefault="002B6951" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5B2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6CFE" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5B2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6CFE" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5B2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогической поддержки родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEBF3C8" w14:textId="4608F0DF" w:rsidR="00DD5B2A" w:rsidRPr="00A364DE" w:rsidRDefault="008B0F5C" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в воспитании и развитии детей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F41933" w14:textId="77777777" w:rsidR="00DD5B2A" w:rsidRPr="00A364DE" w:rsidRDefault="00DD5B2A" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74776F53" w14:textId="28A960D2" w:rsidR="00F2694C" w:rsidRPr="00A364DE" w:rsidRDefault="00136CBD" w:rsidP="007C7E12">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86AA8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2694C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еятельност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2694C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по педагогической поддержке родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2694C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1671B" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществля</w:t>
+      </w:r>
+      <w:r w:rsidR="009E460A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ется</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2694C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центр</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86AA8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2694C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2694C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогической поддержки родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="003C75D4" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – Центр)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2658B259" w14:textId="051D7279" w:rsidR="0023157D" w:rsidRPr="00A364DE" w:rsidRDefault="0023157D" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">издание приказа руководителем организации </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26687" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования об организации педагогической поддержк</w:t>
+      </w:r>
+      <w:r w:rsidR="00921D63" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00921D63" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в воспитании и развитии детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43792958" w14:textId="75A647C6" w:rsidR="00EF4C16" w:rsidRPr="00A364DE" w:rsidRDefault="0023157D" w:rsidP="00EF4C16">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00136CBD" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности Центра осуществляет заместител</w:t>
+      </w:r>
+      <w:r w:rsidR="00136CBD" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителя по воспитательной работе</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4C16" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, который</w:t>
+      </w:r>
+      <w:r w:rsidR="00971297" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4C16" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4C16" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F53396" w14:textId="5D9E5F7B" w:rsidR="00971297" w:rsidRPr="00A364DE" w:rsidRDefault="00971297" w:rsidP="00971297">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-обеспечивает новые формы школьно-родительских отношений, полное взаимодействие школы и семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEB5F73" w14:textId="4E3D4750" w:rsidR="00EF4C16" w:rsidRPr="00A364DE" w:rsidRDefault="00971297" w:rsidP="00EF4C16">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4C16" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет планирование и контроль деятельности классных руководителей, педагогов-психологов, социальных педагогов и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4C16" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по реализации новых форм школьно-родительских отношений и полного взаимодействия школы и семьи</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4C16" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE9AAE1" w14:textId="7FEF9ED6" w:rsidR="00F82D0A" w:rsidRPr="00A364DE" w:rsidRDefault="00F82D0A" w:rsidP="00F82D0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00365CEC" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при планировании </w:t>
+      </w:r>
+      <w:r w:rsidR="00365CEC" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>новых форм школьно-родительских отношений</w:t>
+      </w:r>
+      <w:r w:rsidR="00365CEC" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководствуется </w:t>
+      </w:r>
+      <w:r w:rsidR="000E104C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендуемой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>программой занятий для родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="008F32B7" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – программа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, изложенн</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4327" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в приложении 1 к настоящим </w:t>
+      </w:r>
+      <w:r w:rsidR="009F06B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методическим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендациям</w:t>
+      </w:r>
+      <w:r w:rsidR="000E104C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6748E2" w14:textId="2F3D069C" w:rsidR="008F32B7" w:rsidRPr="00A364DE" w:rsidRDefault="008F32B7" w:rsidP="00F82D0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-составля</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4327" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т расписание занятий в соответствии с рекомендуемой программой на учебный год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684035F5" w14:textId="03D2A6F6" w:rsidR="00AC56A4" w:rsidRPr="00A364DE" w:rsidRDefault="00AC56A4" w:rsidP="00AC56A4">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогическую поддержку для родителей осуществляют </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>классные руководители, педагоги-психологи, социальные педагоги, педагоги дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14F2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, прошедшие обучение по </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14F2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовательной программе курса повышения квалификации «Научно-методические основы психолого-педагогического просвещения родителей»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2BA103" w14:textId="03AF87AA" w:rsidR="0023157D" w:rsidRPr="00A364DE" w:rsidRDefault="0023157D" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учетом </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC56A4" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запроса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971297" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">родителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>допускается самостоятельное определение тем занятий в объеме до 30% от рекомендуемой программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FA9E8B" w14:textId="6666888C" w:rsidR="00971297" w:rsidRPr="00A364DE" w:rsidRDefault="00971297" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не допускается включение в </w:t>
+      </w:r>
+      <w:r w:rsidR="00F82D0A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программу занятий для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей тематик, запрещенн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC56A4" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством Республики Казахстан, направленной на пропаганду насилия, сексуальных извращений, иных явлений, разруш</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ающих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>традиционны</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семейны</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ценност</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63CCD504" w14:textId="05294A8B" w:rsidR="003C75D4" w:rsidRPr="00A364DE" w:rsidRDefault="00C444F8" w:rsidP="007C7E12">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для практической реализации деятельности Центра</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14F2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациям </w:t>
+      </w:r>
+      <w:r w:rsidR="00953D7F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14F2A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования рекомендуется</w:t>
+      </w:r>
+      <w:r w:rsidR="003C75D4" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4414EDFE" w14:textId="63767376" w:rsidR="002C0042" w:rsidRPr="00A364DE" w:rsidRDefault="003C75D4" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изуч</w:t>
+      </w:r>
+      <w:r w:rsidR="00C444F8" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребности родителей по </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13AF" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психолого-педагогической поддержке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13AF" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>путем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анкетирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13AF" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00870999" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интервью</w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или</w:t>
+      </w:r>
+      <w:r w:rsidR="00870999" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опроса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FB068E" w14:textId="77777777" w:rsidR="002C0042" w:rsidRPr="00A364DE" w:rsidRDefault="003C75D4" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пров</w:t>
+      </w:r>
+      <w:r w:rsidR="00C444F8" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информировани</w:t>
+      </w:r>
+      <w:r w:rsidR="00C444F8" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей о педагогической поддержке, составля</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2A53" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> списки участников занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46377B42" w14:textId="5B3BC1D2" w:rsidR="002C0042" w:rsidRPr="00A364DE" w:rsidRDefault="003C75D4" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C444F8" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овывать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучени</w:t>
+      </w:r>
+      <w:r w:rsidR="00C444F8" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов, осуществляющих </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06424" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогическую </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддержку родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E877FFD" w14:textId="417F0D80" w:rsidR="00E44B9E" w:rsidRPr="00A364DE" w:rsidRDefault="00E44B9E" w:rsidP="00E44B9E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить мониторинг проводимой работы по педагогической поддержке родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4235CA68" w14:textId="333BDAC9" w:rsidR="00E44B9E" w:rsidRPr="00A364DE" w:rsidRDefault="00E44B9E" w:rsidP="00E44B9E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводит</w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> один раз в год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анкетирование </w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по выявлению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уровня удовлетворенности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей педагогической поддержк</w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F205C7F" w14:textId="3A95881C" w:rsidR="002C0042" w:rsidRPr="00A364DE" w:rsidRDefault="003C75D4" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>освещ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C444F8" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводим</w:t>
+      </w:r>
+      <w:r w:rsidR="00C444F8" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в средствах массовой информации</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0042" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальных сетях</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59CE743F" w14:textId="1C1D5EBC" w:rsidR="009E6FE6" w:rsidRPr="00A364DE" w:rsidRDefault="004C7DFD" w:rsidP="007C7E12">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE483A" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00953D7F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+      <w:r w:rsidR="008B0F5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предлагается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>созда</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0F5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F32B7" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">раздел </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Центр педагогической поддержки родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, где размещаются</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6FE6" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604E7C5C" w14:textId="4B461893" w:rsidR="009E6FE6" w:rsidRPr="00A364DE" w:rsidRDefault="005C7D7E" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информация о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работе по педагогической поддержке родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="001251EE" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E05CFB5" w14:textId="1909F157" w:rsidR="009E6FE6" w:rsidRPr="00A364DE" w:rsidRDefault="001251EE" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7D7E" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асписание занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFE1703" w14:textId="697BD7C0" w:rsidR="009E6FE6" w:rsidRPr="00A364DE" w:rsidRDefault="005C7D7E" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>методический материал в помощь родителям</w:t>
+      </w:r>
+      <w:r w:rsidR="001251EE" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2982A7DC" w14:textId="1C85167A" w:rsidR="009E6FE6" w:rsidRPr="00A364DE" w:rsidRDefault="005C7D7E" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ссылка на цифровую платформу «Центр педагогической поддержки родителей»</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5906EA6C" w14:textId="77777777" w:rsidR="005C7D7E" w:rsidRPr="00A364DE" w:rsidRDefault="005C7D7E" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="795C15B6" w14:textId="1F3C74D9" w:rsidR="002C0042" w:rsidRPr="00A364DE" w:rsidRDefault="002B6951" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D1B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0042" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6508" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогической поддержки</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7DFD" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей в воспитании и развитии детей</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0042" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, формы занятий и социального партнерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB9D735" w14:textId="77777777" w:rsidR="00687328" w:rsidRPr="00A364DE" w:rsidRDefault="00687328" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60820244" w14:textId="3E5B9C81" w:rsidR="00310760" w:rsidRPr="00191373" w:rsidRDefault="002B1EF6" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Содержание занятий </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE38C2" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>базиру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ется на </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26687" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основе </w:t>
+      </w:r>
+      <w:r w:rsidR="00310760" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26687" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Единой программы воспитания</w:t>
+      </w:r>
+      <w:r w:rsidR="00310760" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DFC" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26687" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DFC" w:rsidRPr="006857C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DFC" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и национальных ценностях в контексте благополучия детей в соответствии с возрастными особенностями</w:t>
+      </w:r>
+      <w:r w:rsidR="00275083" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769DC7C3" w14:textId="48EE1CC4" w:rsidR="00310760" w:rsidRPr="00191373" w:rsidRDefault="001F1452" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991FD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогическая поддержка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991FD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991FD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основе программ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991FD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся с 1 по 11 классы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E05749C" w14:textId="72877B4E" w:rsidR="00310760" w:rsidRPr="00191373" w:rsidRDefault="002B1EF6" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Установочные встречи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4967" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с родителями, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ознакомлени</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4967" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с содержанием программы занятий провод</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10ED9" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5172" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 сентября</w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52574662" w14:textId="147F937B" w:rsidR="00310760" w:rsidRPr="00191373" w:rsidRDefault="0006042D" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рограмма </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5172" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогической поддержки </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включает восемь занятий в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793402E7" w14:textId="08F9DDCC" w:rsidR="006F492D" w:rsidRPr="00191373" w:rsidRDefault="00310760" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Занятия </w:t>
+      </w:r>
+      <w:r w:rsidR="00721111" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">могут </w:t>
+      </w:r>
+      <w:r w:rsidR="009F06B6" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводиться</w:t>
+      </w:r>
+      <w:r w:rsidR="00721111" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00721111" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онлайн и офлайн режиме</w:t>
+      </w:r>
+      <w:r w:rsidR="00D355F5" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с применением разнообразных </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форм</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4967" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4967" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинары-практикумы</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5489" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тренинги</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5489" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деловые игры</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5489" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дискусси</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4967" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1EF6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, обсуждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в том числе с п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рименением цифровых ресурсов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6047EF" w14:textId="52D7D3AE" w:rsidR="006F492D" w:rsidRPr="00191373" w:rsidRDefault="00136CBD" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для педагогической поддержки</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2664F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00883CEE" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительно </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7189F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предлагаются </w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2664F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidR="00883CEE" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клуб «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1C50" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, родительские чтения, конференции</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1C50" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00133149" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дни открытых дверей</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1C50" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00133149" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родительские недели</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A1C50" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форумы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>творческие, спортивные, культурные мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с участием родителей и детей, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F06B6" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>например,</w:t>
+      </w:r>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">марафоны, ярмарки, выставки, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DC1" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">концерты, театральные постановки </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">походы, экскурсии </w:t>
+      </w:r>
+      <w:r w:rsidR="00466322" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и акции</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A3F" w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3344B2" w14:textId="6102282A" w:rsidR="001251EE" w:rsidRPr="00191373" w:rsidRDefault="001251EE" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для поддержки и взаимодействия с родителями </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендуется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цифров</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> платформ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Центр педагогической поддержки родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», которая содержит тематическую информацию по разделам: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>программы</w:t>
+      </w:r>
+      <w:r w:rsidR="00133149" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занятий</w:t>
+      </w:r>
+      <w:r w:rsidR="00991FD9" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лекции, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4738E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ситуации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интервью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тематические </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вебинары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, электронный каталог ресурсов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>советы психолога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тесты, анкеты, памятки, инструкции, чек-листы, постеры</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F56EA4D" w14:textId="77777777" w:rsidR="00C52660" w:rsidRPr="00A364DE" w:rsidRDefault="00C52660" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64675181" w14:textId="13C57F5F" w:rsidR="006F492D" w:rsidRPr="00A364DE" w:rsidRDefault="002B6951" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2D1B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Координация деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="008E006E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Центра</w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAEB148" w14:textId="77777777" w:rsidR="006F492D" w:rsidRPr="00A364DE" w:rsidRDefault="006F492D" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3396ABAD" w14:textId="07789668" w:rsidR="000B755D" w:rsidRPr="00A364DE" w:rsidRDefault="00D4738E" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовани</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidR="00116A25">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">области и </w:t>
+      </w:r>
+      <w:r w:rsidR="00E549EE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городов</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республиканского значения</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E42">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендуется</w:t>
+      </w:r>
+      <w:r w:rsidR="000B755D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4063D1B7" w14:textId="1AC6BE70" w:rsidR="00521CD0" w:rsidRPr="00A364DE" w:rsidRDefault="00587C4C" w:rsidP="000F03E0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>координ</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ировать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельност</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по педагогической поддержке родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50712083" w14:textId="2DC81A87" w:rsidR="00521CD0" w:rsidRPr="00A364DE" w:rsidRDefault="00391F5F" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определить </w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственного специалиста за организацию деятельности</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов в организациях </w:t>
+      </w:r>
+      <w:r w:rsidR="00953D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF922ED" w14:textId="38D897AC" w:rsidR="00521CD0" w:rsidRPr="00A364DE" w:rsidRDefault="00D4738E" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечить</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заимодействие </w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">между </w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рганами управления образовани</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района (города областного значения)</w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учебно-методическими центрами</w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, о</w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганизациями образованиями</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413EA94F" w14:textId="7969839F" w:rsidR="00521CD0" w:rsidRPr="00A364DE" w:rsidRDefault="00D4738E" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мониторинг</w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по педагогической поддержке родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF20907" w14:textId="4FABBEB9" w:rsidR="00521CD0" w:rsidRPr="00A364DE" w:rsidRDefault="00587C4C" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставля</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию о проводимой работе в </w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство просвещения Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006F492D" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F511667" w14:textId="5F9854F9" w:rsidR="00905D8F" w:rsidRPr="00A364DE" w:rsidRDefault="00587C4C" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>освещ</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельност</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по педагогической поддержке родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в средствах массовой информации и социальных сетях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D5447C" w14:textId="631D2BA0" w:rsidR="006A2D32" w:rsidRPr="00A364DE" w:rsidRDefault="00E549EE" w:rsidP="00191373">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отделам</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовани</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов и</w:t>
+      </w:r>
+      <w:r w:rsidR="00495090" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>город</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="00905D8F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендуется</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2D32" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B12570" w14:textId="6EA765F4" w:rsidR="006A2D32" w:rsidRPr="00A364DE" w:rsidRDefault="00587C4C" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оказыва</w:t>
+      </w:r>
+      <w:r w:rsidR="00391F5F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие </w:t>
+      </w:r>
+      <w:r w:rsidR="00C541C7" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациям </w:t>
+      </w:r>
+      <w:r w:rsidR="00953D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidR="00C541C7" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в реализации деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6070F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Центров</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C541C7" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77619862" w14:textId="70AE8AC7" w:rsidR="006A2D32" w:rsidRPr="00A364DE" w:rsidRDefault="00391F5F" w:rsidP="008B4A01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определить </w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственного специалиста за организацию деятельности</w:t>
+      </w:r>
+      <w:r w:rsidR="005911CF" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центров в организациях </w:t>
+      </w:r>
+      <w:r w:rsidR="00953D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidR="00953D7F" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005911CF" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00587C4C" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5F7BF0" w14:textId="56E45413" w:rsidR="005911CF" w:rsidRPr="00A364DE" w:rsidRDefault="00587C4C" w:rsidP="005911CF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставля</w:t>
+      </w:r>
+      <w:r w:rsidR="005911CF" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию о проводимой работе в </w:t>
+      </w:r>
+      <w:r w:rsidR="00E549EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>управления образования области</w:t>
+      </w:r>
+      <w:r w:rsidR="00130995" w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68489EAA" w14:textId="3DB1A5C8" w:rsidR="005911CF" w:rsidRDefault="005911CF" w:rsidP="005911CF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">освещать деятельность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по педагогической поддержке родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в средствах массовой информации и социальных сетях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6331CE5C" w14:textId="77777777" w:rsidR="009F06B6" w:rsidRPr="00A364DE" w:rsidRDefault="009F06B6" w:rsidP="009F06B6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08ABD3F4" w14:textId="7C805F14" w:rsidR="00DF4475" w:rsidRPr="00A364DE" w:rsidRDefault="00DF4475" w:rsidP="00DF4475">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A364DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DF4475" w:rsidRPr="00A364DE" w:rsidSect="008E006E">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="454" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-</p:presentationPr>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="03E125D0" w14:textId="77777777" w:rsidR="00C343F1" w:rsidRDefault="00C343F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="59F63AE9" w14:textId="77777777" w:rsidR="00C343F1" w:rsidRDefault="00C343F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-[...178 lines deleted...]
-</a:tblStyleLst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-</p:viewPr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3CD272CC" w14:textId="77777777" w:rsidR="00C343F1" w:rsidRDefault="00C343F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="197DDA1B" w14:textId="77777777" w:rsidR="00C343F1" w:rsidRDefault="00C343F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/></Relationships>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1422519395"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="636A51D6" w14:textId="713C7DF1" w:rsidR="008B4A01" w:rsidRPr="008E006E" w:rsidRDefault="008B4A01">
+        <w:pPr>
+          <w:pStyle w:val="a8"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="008E006E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="008E006E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="008E006E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00B205BD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008E006E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="36A26E0D" w14:textId="77777777" w:rsidR="00335E99" w:rsidRDefault="00335E99">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme7.xml"/></Relationships>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="03E0F3D6" w14:textId="526260E3" w:rsidR="008B4A01" w:rsidRDefault="008B4A01">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6CAB8FA7" w14:textId="77777777" w:rsidR="00751D2C" w:rsidRDefault="00751D2C">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-[...161 lines deleted...]
-</p:handoutMaster>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="039235BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12E67D1E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="09B173CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AABEB408"/>
+    <w:lvl w:ilvl="0" w:tplc="123CE1D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0BB37DB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6C04488"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0CF54D00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D343B5E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="139729E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B5AE5B38"/>
+    <w:lvl w:ilvl="0" w:tplc="739CB4A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="15953386"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A84CDCE"/>
+    <w:lvl w:ilvl="0" w:tplc="FBFA529E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="162C3A90"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D60ADE4A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="17C504AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE30C7C2"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="1A3F0E16"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83D87BE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7874" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1615" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1430" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1430" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2150" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2150" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2510" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="1BEB34C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E4C73D0"/>
+    <w:lvl w:ilvl="0" w:tplc="65086162">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="24312FAF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D60ADE4A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="26264499"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE94541C"/>
+    <w:lvl w:ilvl="0" w:tplc="5538A6B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="2EDA2B7C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D5A25D0"/>
+    <w:lvl w:ilvl="0" w:tplc="EB443562">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="35995D2C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2DCBCC2"/>
+    <w:lvl w:ilvl="0" w:tplc="7AF6CC5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="35B76449"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1BBC39DC"/>
+    <w:lvl w:ilvl="0" w:tplc="4CB8991A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2487" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2782" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3502" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4942" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5662" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7102" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7822" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="42F3395C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6178A2D8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="45934A3E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0CB6DF5A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFB8E46C">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1778" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="466A0ADD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE5E6B62"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="49340204"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1D3CE45E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="4D8A6D62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BC2268E"/>
+    <w:lvl w:ilvl="0" w:tplc="5AE42F54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="4E9871E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AC29BAC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="525F605B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3DA6774"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="52653C4C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAF61B72"/>
+    <w:lvl w:ilvl="0" w:tplc="6A6E7230">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1637" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="56E25C7D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF8A3E64"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="64FA1D3B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52424096"/>
+    <w:lvl w:ilvl="0" w:tplc="4888DC34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="65B23A84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37C256D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="6D616DD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F07AFE36"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="71AA49B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="004494CA"/>
+    <w:lvl w:ilvl="0" w:tplc="FCE6B1EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="74EF36A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E7614F4"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
+    <w:nsid w:val="77072137"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B8E830C8"/>
+    <w:lvl w:ilvl="0" w:tplc="C24452EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30">
+    <w:nsid w:val="7CBE55E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8048B128"/>
+    <w:lvl w:ilvl="0" w:tplc="8C0C1F4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31">
+    <w:nsid w:val="7D0E438D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1BBC39DC"/>
+    <w:lvl w:ilvl="0" w:tplc="4CB8991A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1778" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2782" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3502" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4942" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5662" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7102" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7822" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32">
+    <w:nsid w:val="7E666AB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F730AA3A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme6.xml"/></Relationships>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="141"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="002B1EF6"/>
+    <w:rsid w:val="00000B1B"/>
+    <w:rsid w:val="00030E60"/>
+    <w:rsid w:val="00034CB1"/>
+    <w:rsid w:val="00051D92"/>
+    <w:rsid w:val="0006042D"/>
+    <w:rsid w:val="00063D81"/>
+    <w:rsid w:val="000761E7"/>
+    <w:rsid w:val="000900D8"/>
+    <w:rsid w:val="000A3AD8"/>
+    <w:rsid w:val="000B25FA"/>
+    <w:rsid w:val="000B5D6C"/>
+    <w:rsid w:val="000B755D"/>
+    <w:rsid w:val="000E0503"/>
+    <w:rsid w:val="000E104C"/>
+    <w:rsid w:val="000E1363"/>
+    <w:rsid w:val="000E4F22"/>
+    <w:rsid w:val="000E5113"/>
+    <w:rsid w:val="000F02BF"/>
+    <w:rsid w:val="000F38F1"/>
+    <w:rsid w:val="000F72A8"/>
+    <w:rsid w:val="000F7F0B"/>
+    <w:rsid w:val="0010186D"/>
+    <w:rsid w:val="00116A25"/>
+    <w:rsid w:val="001251EE"/>
+    <w:rsid w:val="00130995"/>
+    <w:rsid w:val="00133149"/>
+    <w:rsid w:val="00136CBD"/>
+    <w:rsid w:val="001452DE"/>
+    <w:rsid w:val="001502AF"/>
+    <w:rsid w:val="00173268"/>
+    <w:rsid w:val="00181B15"/>
+    <w:rsid w:val="00191373"/>
+    <w:rsid w:val="00193AD2"/>
+    <w:rsid w:val="001A3169"/>
+    <w:rsid w:val="001A36D6"/>
+    <w:rsid w:val="001B6832"/>
+    <w:rsid w:val="001C1249"/>
+    <w:rsid w:val="001E621E"/>
+    <w:rsid w:val="001F1452"/>
+    <w:rsid w:val="001F4246"/>
+    <w:rsid w:val="001F64F8"/>
+    <w:rsid w:val="0023157D"/>
+    <w:rsid w:val="002330D7"/>
+    <w:rsid w:val="00233BDC"/>
+    <w:rsid w:val="00253F14"/>
+    <w:rsid w:val="002547F1"/>
+    <w:rsid w:val="00260623"/>
+    <w:rsid w:val="00275083"/>
+    <w:rsid w:val="002770E2"/>
+    <w:rsid w:val="00277912"/>
+    <w:rsid w:val="00277E3F"/>
+    <w:rsid w:val="002B132C"/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:rsid w:val="002B4734"/>
+    <w:rsid w:val="002B648F"/>
+    <w:rsid w:val="002B6951"/>
+    <w:rsid w:val="002C0042"/>
+    <w:rsid w:val="002C04D0"/>
+    <w:rsid w:val="002F2D3D"/>
+    <w:rsid w:val="00310760"/>
+    <w:rsid w:val="00313844"/>
+    <w:rsid w:val="0032146B"/>
+    <w:rsid w:val="00333A58"/>
+    <w:rsid w:val="00335E99"/>
+    <w:rsid w:val="00365CEC"/>
+    <w:rsid w:val="00366EF4"/>
+    <w:rsid w:val="003677AA"/>
+    <w:rsid w:val="00373FC6"/>
+    <w:rsid w:val="00391F5F"/>
+    <w:rsid w:val="003A1987"/>
+    <w:rsid w:val="003C6AD0"/>
+    <w:rsid w:val="003C75D4"/>
+    <w:rsid w:val="003C7C55"/>
+    <w:rsid w:val="003D2A96"/>
+    <w:rsid w:val="003D6BDD"/>
+    <w:rsid w:val="003E5F48"/>
+    <w:rsid w:val="003F6894"/>
+    <w:rsid w:val="00414AB4"/>
+    <w:rsid w:val="004248E0"/>
+    <w:rsid w:val="00425F91"/>
+    <w:rsid w:val="00430CED"/>
+    <w:rsid w:val="004518C1"/>
+    <w:rsid w:val="00466322"/>
+    <w:rsid w:val="00477229"/>
+    <w:rsid w:val="00493376"/>
+    <w:rsid w:val="00495090"/>
+    <w:rsid w:val="004975C1"/>
+    <w:rsid w:val="004A08D0"/>
+    <w:rsid w:val="004A3B91"/>
+    <w:rsid w:val="004C7DFD"/>
+    <w:rsid w:val="004D1684"/>
+    <w:rsid w:val="004D64F9"/>
+    <w:rsid w:val="004F40A3"/>
+    <w:rsid w:val="00506317"/>
+    <w:rsid w:val="00515995"/>
+    <w:rsid w:val="00521CD0"/>
+    <w:rsid w:val="00537C9B"/>
+    <w:rsid w:val="00550F40"/>
+    <w:rsid w:val="00564E49"/>
+    <w:rsid w:val="00567049"/>
+    <w:rsid w:val="00587C4C"/>
+    <w:rsid w:val="005911CF"/>
+    <w:rsid w:val="00595EB4"/>
+    <w:rsid w:val="005A146F"/>
+    <w:rsid w:val="005C7D7E"/>
+    <w:rsid w:val="005E22ED"/>
+    <w:rsid w:val="005E31D2"/>
+    <w:rsid w:val="005E3E0A"/>
+    <w:rsid w:val="005E4E5F"/>
+    <w:rsid w:val="005F1C3B"/>
+    <w:rsid w:val="005F6508"/>
+    <w:rsid w:val="00607DF4"/>
+    <w:rsid w:val="006218F4"/>
+    <w:rsid w:val="0062300A"/>
+    <w:rsid w:val="00624403"/>
+    <w:rsid w:val="00625FB8"/>
+    <w:rsid w:val="00657A12"/>
+    <w:rsid w:val="006620AC"/>
+    <w:rsid w:val="00663FAE"/>
+    <w:rsid w:val="00666BCB"/>
+    <w:rsid w:val="00676934"/>
+    <w:rsid w:val="00683DCF"/>
+    <w:rsid w:val="006857C4"/>
+    <w:rsid w:val="00687328"/>
+    <w:rsid w:val="006A2D32"/>
+    <w:rsid w:val="006B42B0"/>
+    <w:rsid w:val="006C3A79"/>
+    <w:rsid w:val="006D2A53"/>
+    <w:rsid w:val="006F492D"/>
+    <w:rsid w:val="0070142A"/>
+    <w:rsid w:val="00704A73"/>
+    <w:rsid w:val="00721111"/>
+    <w:rsid w:val="00722DCD"/>
+    <w:rsid w:val="0073250D"/>
+    <w:rsid w:val="007348A8"/>
+    <w:rsid w:val="007464DA"/>
+    <w:rsid w:val="00751D2C"/>
+    <w:rsid w:val="00765400"/>
+    <w:rsid w:val="007A1C50"/>
+    <w:rsid w:val="007A6DD5"/>
+    <w:rsid w:val="007B1464"/>
+    <w:rsid w:val="007B2D34"/>
+    <w:rsid w:val="007B4327"/>
+    <w:rsid w:val="007C7E12"/>
+    <w:rsid w:val="007E431C"/>
+    <w:rsid w:val="007E7E42"/>
+    <w:rsid w:val="00810E3C"/>
+    <w:rsid w:val="00811FDA"/>
+    <w:rsid w:val="00816AF8"/>
+    <w:rsid w:val="008345D9"/>
+    <w:rsid w:val="0085490E"/>
+    <w:rsid w:val="00870999"/>
+    <w:rsid w:val="00883CEE"/>
+    <w:rsid w:val="00883E8B"/>
+    <w:rsid w:val="00886A4D"/>
+    <w:rsid w:val="00895613"/>
+    <w:rsid w:val="008A44F9"/>
+    <w:rsid w:val="008A6CE7"/>
+    <w:rsid w:val="008A7BF7"/>
+    <w:rsid w:val="008B0F5C"/>
+    <w:rsid w:val="008B16F4"/>
+    <w:rsid w:val="008B4A01"/>
+    <w:rsid w:val="008E006E"/>
+    <w:rsid w:val="008E3F22"/>
+    <w:rsid w:val="008F32B7"/>
+    <w:rsid w:val="008F4855"/>
+    <w:rsid w:val="00900954"/>
+    <w:rsid w:val="0090127D"/>
+    <w:rsid w:val="00905D8F"/>
+    <w:rsid w:val="00921D63"/>
+    <w:rsid w:val="00940077"/>
+    <w:rsid w:val="00941F64"/>
+    <w:rsid w:val="009447FC"/>
+    <w:rsid w:val="00953D7F"/>
+    <w:rsid w:val="00970029"/>
+    <w:rsid w:val="00971297"/>
+    <w:rsid w:val="00973E76"/>
+    <w:rsid w:val="009805A7"/>
+    <w:rsid w:val="00980A36"/>
+    <w:rsid w:val="00984934"/>
+    <w:rsid w:val="00991FD9"/>
+    <w:rsid w:val="00994A2F"/>
+    <w:rsid w:val="009A2884"/>
+    <w:rsid w:val="009E460A"/>
+    <w:rsid w:val="009E6FE6"/>
+    <w:rsid w:val="009F06B6"/>
+    <w:rsid w:val="009F09CB"/>
+    <w:rsid w:val="009F45BF"/>
+    <w:rsid w:val="00A06424"/>
+    <w:rsid w:val="00A14F2A"/>
+    <w:rsid w:val="00A206DB"/>
+    <w:rsid w:val="00A21F09"/>
+    <w:rsid w:val="00A3295B"/>
+    <w:rsid w:val="00A349B1"/>
+    <w:rsid w:val="00A364DE"/>
+    <w:rsid w:val="00A426C7"/>
+    <w:rsid w:val="00A45329"/>
+    <w:rsid w:val="00A45496"/>
+    <w:rsid w:val="00A4712C"/>
+    <w:rsid w:val="00A63E68"/>
+    <w:rsid w:val="00A7189F"/>
+    <w:rsid w:val="00A7248B"/>
+    <w:rsid w:val="00A82D7B"/>
+    <w:rsid w:val="00A85BD7"/>
+    <w:rsid w:val="00A905D6"/>
+    <w:rsid w:val="00A9533E"/>
+    <w:rsid w:val="00A9588A"/>
+    <w:rsid w:val="00AA2A4A"/>
+    <w:rsid w:val="00AA620E"/>
+    <w:rsid w:val="00AB5489"/>
+    <w:rsid w:val="00AC56A4"/>
+    <w:rsid w:val="00AD3C7E"/>
+    <w:rsid w:val="00AD7E99"/>
+    <w:rsid w:val="00AE38C2"/>
+    <w:rsid w:val="00AE5758"/>
+    <w:rsid w:val="00AF304A"/>
+    <w:rsid w:val="00B1228F"/>
+    <w:rsid w:val="00B17F85"/>
+    <w:rsid w:val="00B205BD"/>
+    <w:rsid w:val="00B21927"/>
+    <w:rsid w:val="00B46A22"/>
+    <w:rsid w:val="00B51A80"/>
+    <w:rsid w:val="00B77324"/>
+    <w:rsid w:val="00B82A46"/>
+    <w:rsid w:val="00BA2766"/>
+    <w:rsid w:val="00BA2D1B"/>
+    <w:rsid w:val="00BD6A90"/>
+    <w:rsid w:val="00BE25E5"/>
+    <w:rsid w:val="00BE4E24"/>
+    <w:rsid w:val="00BF24D6"/>
+    <w:rsid w:val="00C05E77"/>
+    <w:rsid w:val="00C2664F"/>
+    <w:rsid w:val="00C30A58"/>
+    <w:rsid w:val="00C30C01"/>
+    <w:rsid w:val="00C33CE5"/>
+    <w:rsid w:val="00C343F1"/>
+    <w:rsid w:val="00C3480A"/>
+    <w:rsid w:val="00C36568"/>
+    <w:rsid w:val="00C444F8"/>
+    <w:rsid w:val="00C479D5"/>
+    <w:rsid w:val="00C52660"/>
+    <w:rsid w:val="00C541C7"/>
+    <w:rsid w:val="00C64296"/>
+    <w:rsid w:val="00C66993"/>
+    <w:rsid w:val="00C7241F"/>
+    <w:rsid w:val="00C75272"/>
+    <w:rsid w:val="00C81421"/>
+    <w:rsid w:val="00C82984"/>
+    <w:rsid w:val="00C836D3"/>
+    <w:rsid w:val="00C859E5"/>
+    <w:rsid w:val="00CC73B4"/>
+    <w:rsid w:val="00CD5172"/>
+    <w:rsid w:val="00CD5A6E"/>
+    <w:rsid w:val="00CE0FBF"/>
+    <w:rsid w:val="00CF63C4"/>
+    <w:rsid w:val="00D0231C"/>
+    <w:rsid w:val="00D13FD4"/>
+    <w:rsid w:val="00D15D70"/>
+    <w:rsid w:val="00D1671B"/>
+    <w:rsid w:val="00D2306D"/>
+    <w:rsid w:val="00D237AB"/>
+    <w:rsid w:val="00D26687"/>
+    <w:rsid w:val="00D3449C"/>
+    <w:rsid w:val="00D355F5"/>
+    <w:rsid w:val="00D40CDA"/>
+    <w:rsid w:val="00D42858"/>
+    <w:rsid w:val="00D4643A"/>
+    <w:rsid w:val="00D4738E"/>
+    <w:rsid w:val="00D57830"/>
+    <w:rsid w:val="00D6070F"/>
+    <w:rsid w:val="00D62A6C"/>
+    <w:rsid w:val="00D77415"/>
+    <w:rsid w:val="00D966F1"/>
+    <w:rsid w:val="00DC4591"/>
+    <w:rsid w:val="00DC4967"/>
+    <w:rsid w:val="00DC6CFE"/>
+    <w:rsid w:val="00DD2C81"/>
+    <w:rsid w:val="00DD5B2A"/>
+    <w:rsid w:val="00DE483A"/>
+    <w:rsid w:val="00DF4475"/>
+    <w:rsid w:val="00DF71AE"/>
+    <w:rsid w:val="00E07B7B"/>
+    <w:rsid w:val="00E10ED9"/>
+    <w:rsid w:val="00E15DC1"/>
+    <w:rsid w:val="00E15DFC"/>
+    <w:rsid w:val="00E2555E"/>
+    <w:rsid w:val="00E3478B"/>
+    <w:rsid w:val="00E3494F"/>
+    <w:rsid w:val="00E34A3F"/>
+    <w:rsid w:val="00E37A39"/>
+    <w:rsid w:val="00E37A50"/>
+    <w:rsid w:val="00E44B9E"/>
+    <w:rsid w:val="00E459A2"/>
+    <w:rsid w:val="00E50616"/>
+    <w:rsid w:val="00E549EE"/>
+    <w:rsid w:val="00E61652"/>
+    <w:rsid w:val="00E80A71"/>
+    <w:rsid w:val="00E81FDB"/>
+    <w:rsid w:val="00E93F3F"/>
+    <w:rsid w:val="00E97D7B"/>
+    <w:rsid w:val="00EA790E"/>
+    <w:rsid w:val="00EB0498"/>
+    <w:rsid w:val="00EB480A"/>
+    <w:rsid w:val="00ED27B5"/>
+    <w:rsid w:val="00ED2C6C"/>
+    <w:rsid w:val="00EF0B6C"/>
+    <w:rsid w:val="00EF1625"/>
+    <w:rsid w:val="00EF4C16"/>
+    <w:rsid w:val="00F10FFE"/>
+    <w:rsid w:val="00F121CC"/>
+    <w:rsid w:val="00F20119"/>
+    <w:rsid w:val="00F2694C"/>
+    <w:rsid w:val="00F36F6C"/>
+    <w:rsid w:val="00F771A9"/>
+    <w:rsid w:val="00F8226B"/>
+    <w:rsid w:val="00F82D0A"/>
+    <w:rsid w:val="00F85E13"/>
+    <w:rsid w:val="00F86AA8"/>
+    <w:rsid w:val="00FA1E0A"/>
+    <w:rsid w:val="00FC3F0E"/>
+    <w:rsid w:val="00FC57DE"/>
+    <w:rsid w:val="00FE13AF"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7C5A56D6"/>
+</w:settings>
 </file>
 
-<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1220 lines deleted...]
-</p:notesMaster>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Знак Знак1 Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Обычный (веб) Знак2"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак Знак,Обычный (веб) Знак Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Знак Знак1 Знак Знак1,Знак Знак1 Знак Знак Знак"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D2306D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D2306D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00335E99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00335E99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00051D92"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Знак Знак1 Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Обычный (веб) Знак2"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак Знак,Обычный (веб) Знак Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Знак Знак1 Знак Знак1,Знак Знак1 Знак Знак Знак"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="002B1EF6"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D2306D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D2306D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00335E99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00335E99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00051D92"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="307712855">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1270814519">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
-[...34087 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="2_Тема Office">
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -36399,1750 +10538,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...277 lines deleted...]
-</a:theme>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-[...277 lines deleted...]
-</a:theme>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1080 lines deleted...]
-</a:theme>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99C60F03-C1BD-4C78-A912-EF9B0C971278}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Words>1709</Words>
-[...6 lines deleted...]
-  <MMClips>0</MMClips>
+  <Pages>4</Pages>
+  <Words>1015</Words>
+  <Characters>5788</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Использованные шрифты</vt:lpstr>
+        <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
-[...11 lines deleted...]
-        <vt:i4>13</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="24" baseType="lpstr">
-[...23 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>6790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Презентация PowerPoint</dc:title>
-  <dc:creator>Азат Тиштыбаев</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>