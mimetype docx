--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -4,235 +4,229 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...23 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП «Ясли-сад №18 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сәбилер</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела образования города Павлодара, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспитатель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...56 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с русским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="10"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="517"/>
         <w:gridCol w:w="4551"/>
@@ -240,4274 +234,7793 @@
         <w:gridCol w:w="2535"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="517" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4551" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Лауазымы</w:t>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Оқыту тілі</w:t>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="517" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4551" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Тәрбиеші</w:t>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитатель </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Орыс</w:t>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Русский </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="14"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...448 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательный стандарта образования, расписанием организованной учебной деятельности согласно типовому учебному плану дошкольного воспитания и обучения возрастной группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>организует и проводит режимные моменты (утренний прием, утренняя гимнастика, прием пищи в течении дня, руководит детской деятельностью (игровая, творческая, познавательная, двигательная, изобразительная, трудовая, экспериментальная, самостоятельная и иное), прогулки, дневной сон, индивидуальную работу, оздоровительные мероприятия, создает предметно-развивающую среду);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>осуществляет личностно-ориентированный подход в работе с детьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательный процесс на основе изучения типовой учебной программы дошкольного воспитания и обучения, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>осуществляет социализацию детей с особыми образовательными потребностями в образовательную среду для обеспечения равных стартовых возможностей при поступлении в школу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>принимает участие в мероприятиях, проводимых в дошкольной организации (совещания, педагогические и методические советы, конкурсы и иное);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425" w:leftChars="0" w:right="0" w:hanging="425" w:firstLineChars="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...173 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1222"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/K950001000_" \l "z63" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/Z070000319_" \l "z2" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>Об образовании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/Z1900000293" \l "z4" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>О статусе педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/Z1500000410" \l "z33" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>О противодействии коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>" и иные нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственный общеобязательный стандарт образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>  содержание и структуру типовой программы дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>   нормы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>  психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила безопасности и охраны труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>  нормативно - правовые документы по организации дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>  основы трудового законодательства, правила внутреннего трудового распорядка, безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>  Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>  высшее и (или) послевузовское или техническое и профессиональное педагогическое образование или высшее и (или) послевузовское и (или) техническое и профессиональное педагогическое образование по направлению "Дошкольное воспитание и обучение" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="9"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="monospace" w:cs="Times New Roman"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки приема документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>03.06 - 11.06</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Документы принимаются в рабочее время</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугополучатель подает в канцелярию услугодателя либо на портал следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z224"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель подает в канцелярию услугодателя либо в Государственную корпорацию следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление по форме согласно приложению 5 к Правилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования, утвержденным приказом Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 7495);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) личный листок по учету кадров и фото;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) копию документа государственного образца об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающего трудовую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) сертификат о прохождении сертификации (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) резюме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) согласие услугополучателя на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги в соответствии с Законом Республики Казахстан "О персональных данных и их защите" по форме согласно приложению 17 к Правилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования, утвержденным приказом Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 7495).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Город Павлодар, улица Олжабай батыра д. 11/1 тел. 8 705 229 73 53</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.05.2024</w:t>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Көрсетілетін қызметті алушы көрсетілетін қызметті берушінің кеңсесіне не Мемлекеттік корпорацияға мынадай құжаттарды береді:</w:t>
-[...273 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мекен-жайы</w:t>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласы, Олжабай батыр көшесі, 11/1 үй тел. 8 705 229 73 53</w:t>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...871 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="4"/>
-        <w:tblW w:w="9514" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:tblInd w:w="421" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6045"/>
+        <w:gridCol w:w="3907"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>объявивший конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z337"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z338"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z339"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должности, сертификации (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Язык прохождения сертификации: казахский/русский нужное подчеркнуть</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское, техническое и профессиональное</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2490"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3040"/>
+        <w:gridCol w:w="2877"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="3129"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="28" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcW w:w="2877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3984" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3040" w:type="dxa"/>
+            <w:tcW w:w="3129" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="28" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcW w:w="2877" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3984" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3040" w:type="dxa"/>
+            <w:tcW w:w="3129" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z340"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z341"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Стаж работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="10015" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1318"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По специальности (для специалистов субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В данной организации образования, в том числе на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z342"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сведения (при наличии) _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Я оповещен (-а) об ответственности за попытку использования одного из запрещенных предметов в здании, где будет проходить сертификация, об удалении с составлением соответствующего акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оповещен (-а), что при обнаружении запрещенного предмета лишаюсь права прохождения сертификации сроком на один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оповещен (-а), что при установлении фактов нарушения правил во время проведения сертификации, а также обнаруженных при просмотре видеозаписи, независимо от срока прохождения, составляется акт и производится аннулирование результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Запрещенные предметы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мобильные средства связи (пейджер, сотовые телефоны, планшеты, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Айпад), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Айпод), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Айфон), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), Смартчасы); ноутбуки, плееры, модемы (мобильные роутеры);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>любые виды радио-электронной связи (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Вай-фай), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Блютуз), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Дект), 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3 Джи), 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (4 Джи), 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5 Джи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наушники проводные и беспроводные и прочее; шпаргалки и учебно-методические литературы; калькуляторы и корректирующие жидкости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Я согласен (-а) _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С Правилами проведения сертификации и конкурса ознакомлен (а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"____" ______________20___года ____________________ /подпись/</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="105" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6660"/>
+        <w:gridCol w:w="3163"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6660" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6660" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z501"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласие услугополучателя на доступ к персональным данным ограниченного доступа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z502"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Я, ________________________________________________________даю согласие на доступ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к персональным данным ограниченного доступа в соответствии с пунктом 8 приложения 1 к Правилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования, которые требуются для оказания государственной услуги согласно статье 8 Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан "О персональных данных и их защите", включающее в себя следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) передачу персональных данных третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) трансграничную передачу персональных данных в процессе их обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) распространение персональных данных в общедоступных источниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен(а) на доступ к персональным данным ограниченного доступа, включающее в себя иные сведения, которые требуются для подтверждения достоверности предоставляемых документов, и соответствия квалификационным требованиям при оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящее согласие действует в течение всего периода до получения результата оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1171 lines deleted...]
-        <w:t>(қолы) (Т.А.Ә. (бар болса)</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись) (Ф.И.О. (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
@@ -4561,304 +8074,227 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...2 lines deleted...]
-    <w:family w:val="modern"/>
+  <w:font w:name="monospace">
+    <w:altName w:val="Segoe Print"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="146776D7"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="146776D7"/>
+    <w:nsid w:val="34193BFD"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="34193BFD"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...72 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+        </w:tabs>
+        <w:ind w:left="425" w:leftChars="0" w:hanging="425" w:firstLineChars="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004273F1"/>
     <w:rsid w:val="00027F80"/>
-    <w:rsid w:val="00053A6F"/>
     <w:rsid w:val="00062801"/>
     <w:rsid w:val="000C0C94"/>
     <w:rsid w:val="000E6ADD"/>
     <w:rsid w:val="0017513D"/>
     <w:rsid w:val="001907C0"/>
     <w:rsid w:val="00193D3F"/>
     <w:rsid w:val="00223CF2"/>
     <w:rsid w:val="00242E5B"/>
     <w:rsid w:val="002E2781"/>
     <w:rsid w:val="00325DA4"/>
     <w:rsid w:val="003320B4"/>
     <w:rsid w:val="00396DD3"/>
     <w:rsid w:val="003E384D"/>
     <w:rsid w:val="004273F1"/>
     <w:rsid w:val="00431FB8"/>
     <w:rsid w:val="00451EEB"/>
     <w:rsid w:val="00484558"/>
     <w:rsid w:val="004B06E4"/>
     <w:rsid w:val="005861BB"/>
     <w:rsid w:val="005A4F44"/>
     <w:rsid w:val="00615DA6"/>
     <w:rsid w:val="00660476"/>
     <w:rsid w:val="00692FC5"/>
-    <w:rsid w:val="0069632E"/>
     <w:rsid w:val="006C75F7"/>
-    <w:rsid w:val="00711E50"/>
     <w:rsid w:val="0077163A"/>
-    <w:rsid w:val="00773A7D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00883598"/>
     <w:rsid w:val="00883AA1"/>
     <w:rsid w:val="00885D44"/>
     <w:rsid w:val="008F679C"/>
     <w:rsid w:val="0097772B"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A50347"/>
     <w:rsid w:val="00AC71A2"/>
     <w:rsid w:val="00AC7272"/>
     <w:rsid w:val="00B0528F"/>
-    <w:rsid w:val="00B270B5"/>
     <w:rsid w:val="00B40B1F"/>
     <w:rsid w:val="00B651AC"/>
     <w:rsid w:val="00BD2829"/>
     <w:rsid w:val="00BD66AF"/>
     <w:rsid w:val="00C43926"/>
     <w:rsid w:val="00C65CB1"/>
     <w:rsid w:val="00C97832"/>
     <w:rsid w:val="00CB44FB"/>
     <w:rsid w:val="00CF1F1A"/>
-    <w:rsid w:val="00CF684A"/>
     <w:rsid w:val="00CF6BAF"/>
     <w:rsid w:val="00D464B0"/>
     <w:rsid w:val="00E01977"/>
     <w:rsid w:val="00E13BA8"/>
     <w:rsid w:val="00E24F60"/>
     <w:rsid w:val="00E3016F"/>
     <w:rsid w:val="00EB6467"/>
     <w:rsid w:val="00F23742"/>
-    <w:rsid w:val="00F30385"/>
-    <w:rsid w:val="00F73F6C"/>
     <w:rsid w:val="00F86B1F"/>
     <w:rsid w:val="00F87020"/>
-    <w:rsid w:val="00FB2235"/>
     <w:rsid w:val="02805A97"/>
+    <w:rsid w:val="31085A2C"/>
     <w:rsid w:val="4FE36C71"/>
     <w:rsid w:val="5B8A25AF"/>
     <w:rsid w:val="6025124B"/>
     <w:rsid w:val="6E5012E9"/>
-    <w:rsid w:val="75C03775"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
@@ -4910,190 +8346,192 @@
     <w:lsdException w:uiPriority="99" w:name="line number"/>
     <w:lsdException w:uiPriority="99" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="99" w:name="macro"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading"/>
     <w:lsdException w:uiPriority="99" w:name="List"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
     <w:lsdException w:uiPriority="99" w:name="List Number"/>
     <w:lsdException w:uiPriority="99" w:name="List 2"/>
     <w:lsdException w:uiPriority="99" w:name="List 3"/>
     <w:lsdException w:uiPriority="99" w:name="List 4"/>
     <w:lsdException w:uiPriority="99" w:name="List 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="99" w:name="Closing"/>
     <w:lsdException w:uiPriority="99" w:name="Signature"/>
-    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation"/>
     <w:lsdException w:uiPriority="99" w:name="Date"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map"/>
     <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal (Web)"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
-    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="59" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
     <w:link w:val="11"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w14:textFill>
         <w14:solidFill>
           <w14:schemeClr w14:val="accent1"/>
         </w14:solidFill>
       </w14:textFill>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="3">
     <w:name w:val="Default Paragraph Font"/>
+    <w:autoRedefine/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="4">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="5">
     <w:name w:val="footnote reference"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="3"/>
     <w:autoRedefine/>
     <w:unhideWhenUsed/>
@@ -5214,60 +8652,50 @@
     <w:link w:val="7"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="13">
     <w:name w:val="Текст сноски Знак"/>
     <w:basedOn w:val="3"/>
     <w:link w:val="8"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5521,58 +8949,58 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <Company>SPecialiST RePack</Company>
   <Pages>5</Pages>
-  <Words>1523</Words>
-[...2 lines deleted...]
-  <Paragraphs>20</Paragraphs>
+  <Words>1821</Words>
+  <Characters>10380</Characters>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10186</CharactersWithSpaces>
+  <CharactersWithSpaces>12177</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.16909_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.16909</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>B0BDE598B39B46AB8E66B465DEB01556_12</vt:lpwstr>
   </property>
 </Properties>