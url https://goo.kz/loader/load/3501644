--- v0 (2025-12-22)
+++ v1 (2025-12-26)
@@ -1,2884 +1,1398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:background w:color="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+  <w:background w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
   <w:body>
-    <w:p w:rsidR="00BC7110" w:rsidRDefault="00BC7110" w:rsidP="00BC7110">
+    <w:p w:rsidR="002E111E" w:rsidRDefault="002E111E" w:rsidP="002E111E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Игры кочевников»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7110" w:rsidRDefault="00BC7110" w:rsidP="00A05891">
+    <w:p w:rsidR="002E111E" w:rsidRDefault="002E111E" w:rsidP="00187660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...397 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:ind w:firstLine="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00F31303" w:rsidRPr="00F31303" w:rsidRDefault="00F31303" w:rsidP="00187660">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 июня 2024 года на базе «ДПК» «Жигер» состоялся конкурс «Игры кочевников» . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F7559">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: привитие интереса к родному краю, быту, обычаям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казахского народа посредством национальных игр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRDefault="00187660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRDefault="00187660" w:rsidP="00187660">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4025900" cy="3019425"/>
+            <wp:extent cx="2272895" cy="3228975"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\User4\Downloads\IMG-20240617-WA0105.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\User4\Downloads\IMG-20240617-WA0109.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\User4\Downloads\IMG-20240617-WA0105.jpg"/>
-[...180 lines deleted...]
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User4\Downloads\IMG-20240617-WA0109.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\User4\Downloads\IMG-20240617-WA0109.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2351134" cy="3340124"/>
+                      <a:ext cx="2272456" cy="3228351"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006927B3" w:rsidRPr="006927B3" w:rsidRDefault="006927B3" w:rsidP="00A05891">
+    <w:p w:rsidR="005E3137" w:rsidRDefault="00F31303" w:rsidP="00187660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В конкурсе участвовали более 200 учащиеся школ города Павлодара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F31303" w:rsidRDefault="005E3137" w:rsidP="00187660">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Для участников подготовили  15 станции</w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: «Тартыс», «Котермек», «Күміс алу», «Шамдагай алакан», «Аттамақ», «Такия жолы» и т.д. Ведущие у</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">частникам </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006927B3">
-[...4 lines deleted...]
-        <w:t>Қатысушылар</w:t>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006927B3">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006927B3">
-[...4 lines deleted...]
-        <w:t>үшін</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маршрутны</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006927B3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> 15 станция </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303" w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лист</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303" w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с названиями и схемами станций. </w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На станциях команд ждали педагоги с заданиями. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303" w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За каждое вы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">полненное задание командам </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006927B3">
-[...4 lines deleted...]
-        <w:t>дайындалды</w:t>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>начисля</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006927B3">
-[...4 lines deleted...]
-        <w:t>: "</w:t>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303" w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баллы. По итогам прохождения всех станций, общие баллы </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006927B3">
-[...4 lines deleted...]
-        <w:t>Тартыс</w:t>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммиров</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006927B3">
-[...34 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>али.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303" w:rsidRPr="00F31303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...323 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRDefault="00187660" w:rsidP="00187660">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRDefault="00187660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRDefault="00187660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRDefault="00187660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRPr="00F31303" w:rsidRDefault="00187660" w:rsidP="00187660">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>күті</w:t>
-[...273 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2931230" cy="3767043"/>
-[...1 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\User4\Downloads\IMG-20240617-WA0110.jpg"/>
+            <wp:extent cx="2428875" cy="3121445"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\User4\Downloads\IMG-20240617-WA0110.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\User4\Downloads\IMG-20240617-WA0110.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User4\Downloads\IMG-20240617-WA0110.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2936034" cy="3773217"/>
+                      <a:ext cx="2432255" cy="3125789"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7110" w:rsidRDefault="00BC7110" w:rsidP="00A05891">
+    <w:p w:rsidR="00187660" w:rsidRDefault="00F31303" w:rsidP="00D14014">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итогам конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в командном зачете </w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заняли</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53546">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00187660" w:rsidRDefault="00187660" w:rsidP="00187660">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3619500" cy="2714625"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\User4\Downloads\IMG-20240617-WA0105.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\User4\Downloads\IMG-20240617-WA0105.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3617567" cy="2713175"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F31303" w:rsidRPr="00592F64" w:rsidRDefault="00E53546" w:rsidP="00187660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>первое место</w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ученики </w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>средней общеоразовательной школы №39, второе</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>средняя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>общеоразовательная школа</w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> им. М. Алимбаева</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>средняя</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общеоразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№24</w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, третье</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31303" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место-</w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC" w:rsidRPr="000F70AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>средняя</w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>общеоразовательная школа им</w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="005E3137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F70AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бокейханова и средняя общеоразовательная школа №11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Их наградили дипломами и сладкими призами. </w:t>
+      </w:r>
+      <w:r w:rsidR="005E48D6" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также каждой участвующей команде были вручены </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сертификаты с номинациями «</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Самый меткий</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Самая дружная команда</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Самая креативная команда</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Самые быстрые</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3137" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>» и т.д.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006927B3" w:rsidRPr="006927B3" w:rsidRDefault="001E32BD" w:rsidP="00A05891">
+    <w:p w:rsidR="00592F64" w:rsidRPr="00592F64" w:rsidRDefault="00592F64" w:rsidP="00187660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс «Игры кочевников» понравился всем</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участникам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. По их словам такие конкурсы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14014" w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006927B3" w:rsidRPr="006927B3">
-[...4 lines deleted...]
-        <w:t>Жарыс</w:t>
+      <w:r w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пропагандир</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006927B3" w:rsidRPr="006927B3">
-[...941 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> историю, быт, традиции нашего народа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00777F82" w:rsidRPr="006927B3" w:rsidRDefault="006927B3" w:rsidP="00A05891">
-[...270 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00F31303" w:rsidRPr="005E3137" w:rsidRDefault="00F31303">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00777F82" w:rsidRPr="006927B3">
+    <w:sectPr w:rsidR="00F31303" w:rsidRPr="005E3137">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="32C5727C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E5940CF4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006927B3"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00BC7110"/>
+    <w:rsidRoot w:val="00707EB4"/>
+    <w:rsid w:val="000F70AC"/>
+    <w:rsid w:val="00187660"/>
+    <w:rsid w:val="002E111E"/>
+    <w:rsid w:val="00592F64"/>
+    <w:rsid w:val="005E3137"/>
+    <w:rsid w:val="005E48D6"/>
+    <w:rsid w:val="00707EB4"/>
+    <w:rsid w:val="00D14014"/>
+    <w:rsid w:val="00E53546"/>
+    <w:rsid w:val="00F31303"/>
+    <w:rsid w:val="00FC5809"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -2985,120 +1499,141 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F31303"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F31303"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC7110"/>
+    <w:rsid w:val="00187660"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC7110"/>
+    <w:rsid w:val="00187660"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -3205,89 +1740,184 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F31303"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F31303"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00187660"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00187660"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="189690887">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="40592378">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="177738056">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3321,84 +1951,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3534,70 +2166,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>212</Words>
-  <Characters>1211</Characters>
+  <Words>195</Words>
+  <Characters>1112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1421</CharactersWithSpaces>
+  <CharactersWithSpaces>1305</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Админ</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>