--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,10068 +1,12577 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="00FB0AC1">
-[...9 lines deleted...]
-    <w:p w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="00705A37" w:rsidRDefault="00705A37" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E30D9">
+      <w:r w:rsidRPr="00705A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>КГУ «</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007D1182">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Средн</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
       </w:r>
-      <w:r w:rsidR="000353B7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007815A8" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">заместителя </w:t>
+        <w:t xml:space="preserve"> басшы</w:t>
       </w:r>
-      <w:r w:rsidR="00422CAC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007D1182">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">руководителя </w:t>
+        <w:t>сының тәрбие жұмысы жөніндегі</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007815A8" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по </w:t>
+        <w:t xml:space="preserve"> орынбасары </w:t>
       </w:r>
-      <w:r w:rsidR="008E22E0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>воспитательной</w:t>
+        <w:t>лауазымына</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> работе</w:t>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7539"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="3371"/>
+        <w:gridCol w:w="6485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00D53F0A" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...16 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0072717C">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...6 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00701022" w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Республика Казахстан, Павлодарская</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> область,                      </w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">город </w:t>
-[...17 lines deleted...]
-              <w:t>авлодар, улица Ткачева,15</w:t>
+              <w:t>Ткачев көшесі 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...6 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="007815A8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 62-62-86</w:t>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>62-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...6 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="006E3405" w:rsidP="00701022">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t>auezova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00D53F0A" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00A722F9" w:rsidP="003A7090">
-[...80 lines deleted...]
-              <w:t xml:space="preserve">  работе– 1 ставка </w:t>
+          <w:p w:rsidR="008E7665" w:rsidRPr="007815A8" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сының тәрбие жұмысы </w:t>
+            </w:r>
+            <w:r w:rsidR="0037305C" w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidR="007815A8" w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00741625" w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007815A8" w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00D53F0A" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E22E0" w:rsidRPr="008E22E0" w:rsidRDefault="008E22E0" w:rsidP="008E22E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>тәрбие процесін ұйымдастыруды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="0039030B" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тәрбие жұмысын ағымдағы және перспективалық жоспарлауды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="0039030B" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>   -</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аға тәлімгерлердің, ұзартылған күн топтары тәрбиешілерінің, сынып жетекшілерінің, педагог-психологтардың, әлеуметтік педагогтардың және қосымша білім беру педагогтерінің қызметін жоспарлауды және бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие жұмысы, мәдени-тәрбие іс-шараларын дайындау және өткізу бойынша құжаттаманы әзірлеуді қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесінің мазмұны мен өткізілу сапасына жүйелі бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  педагогтарды іріктеуге қатысады, кәсіби даму, педагогтердің біліктілігін және кәсіби құзыреттілігін арттыру бойынша жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тәрбие процесін қамтамасыз ететін білім беру ұйымдары әкімшілігінің, әлеуметтік – психологиялық қызметтері мен бөлімшелерінің жұртшылық және құқық қорғау органдарының өкілдерімен, ата-аналар қоғамдастығының, қамқоршылық кеңестің өкілдерімен өзара іс-қимылын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t> </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім беру процесінің барлық қатысушыларының толерантты мінез-құлық мәдениетін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психологиялық қызметтің жұмысын және білім алушылар мен тәрбиеленушілерді, оның ішінде ерекше білім беру қажеттіліктері бар білім алушыларды психологиялық-педагогикалық сүйемелдеу процесін үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мектеп-ата-ана қатынастарының жаңа нысандарын, мектеп пен отбасының толық өзара іс-қимылын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t> </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім алушыларға медициналық қызмет көрсету жағдайын бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тәрбие іс-шараларын өткізу кезінде ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   киберкультураны (компьютерлік технологиялар мүмкіндіктерін пайдаланады) және кибергигиенаны дамытады (интернет желісінде жұмыс істеу дағдылары мен білімі бар);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  білім алушылардың, педагогтердің конкурстарға, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>слеттерге, конференцияларға қатысуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіптік бағыт беру жұмыстарын жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  есептік құжаттаманың сапалы және уақтылы тапсырылуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   ата-аналар үшін педагогикалық консилиумдар ұйымдастырады және өткізеді;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   мектеп парламентінің, дебат қозғалысының, оқушылардың өзін-өзі басқаруының, "Жас қыран", "Жас ұлан" балалар ұйымдарының жұмыстарын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>  "Қоғамға қызмет ету", "Отанға тағзым", "Үлкендерге құрмет", "Анаға құрмет" қоғамдық-пайдалы жұмыстарын ұйымдастырады.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  адамгершілік-рухани білім беруді қамтамасыз етуде "өзін-өзі тану" пәнінің педагогымен өзара іс-қимыл жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    білім беру ұйымдары түлектерінің қауымдастығын құру және қызметін қамтамасыз ету бойынша жұмысты үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  педагогикалық еңбек ардагерлерімен өзара іс-қимыл жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   білім беру ұйымы мұражайының жұмысын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="00707572" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="008E22E0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00707572">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>туристікжорықтар мен экскурсияларұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="00707572" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707572">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="008E22E0" w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="00707572">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   білімалушылардыңбойындапатриоттықтәрбие, іскерлікқарым-қатынасдағдыларын, тамақтанумәдениетінқалыптастырудықамтамасызетеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00707572" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707572">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008E22E0">
+            <w:r w:rsidRPr="00707572">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...159 lines deleted...]
-              <w:t>  прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   білімалушылар, тәрбиеленушілер, педагогтаржәнебасқа да қызметкерлерарасындасыбайласжемқорлыққақарсымәдениетті, Академиялықадалдыққағидаттарынбойынасіңіреді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006E3405" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="000353B7">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00A816C9" w:rsidRDefault="00A816C9" w:rsidP="00707572">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 ставку </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F95C75">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00741625">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлемеге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00707572">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>165564</w:t>
             </w:r>
-            <w:r w:rsidR="00F95C75">
-[...27 lines deleted...]
-              <w:t>тенге</w:t>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-201334</w:t>
+            </w:r>
+            <w:r w:rsidR="005B4E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мың </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00D53F0A" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009E30D9">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
-[...31 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E754F0" w:rsidRPr="002D0DAF" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе педагогикалық қайта даярлау немесе кәсіптік педагогикалық білімі болуы тиіс, еңбек өтілі 5 жылдан кем емес ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E754F0" w:rsidRPr="00305535" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші біліктілік санатындағы басшының орынбасары" немесе "бірінші біліктілік санатындағы басшының орынбасары" біліктілік санатының немесе "педагог- сарапшы» немесе «педагог – зерттеуші» немесе «педагог – шебер» біліктілігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00DD589F" w:rsidP="004469DF">
-            <w:pPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00D53F0A" w:rsidP="00EB4474">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.06.2024-1.07.2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:r>
-[...17 lines deleted...]
-            </w:r>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00F02508">
-[...7 lines deleted...]
-              <w:t>г.</w:t>
+            <w:r w:rsidR="00707572">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00D53F0A" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRPr="00F86BC7" w:rsidRDefault="005C4926" w:rsidP="00F86BC7">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F86BC7">
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкеснысанбойыншаКонкурсқақатысутуралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жекебасынкуәландыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлыққұжаттарсервисіненалынғанэлектрондықұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрлардыесепкеалубойыншатолтырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жекеіспарағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақтытұрғылықтымекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыстелефондарыкөрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4) Педагогтердіңүлгілікбіліктіліксипаттамаларыменбекітілгенлауазымғақойылатынбіліктілікталаптарынасәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімітуралықұжаттардыңкөшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекқызметінрастайтынқұжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="00052FD4" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Денсаулықсақтаусаласындағыесепкеалуқұжаттамасыныңнысандарынбекітутуралы» </w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулықсақтауминистрініңміндетінатқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="005C4926" w:rsidRPr="00F86BC7">
-[...15 lines deleted...]
-            <w:r w:rsidR="005C4926" w:rsidRPr="00F86BC7">
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығыменбекітілгеннысанбойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> трудовую</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулықжағдайытуралыанықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="005C4926" w:rsidRPr="00F86BC7">
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...56 lines deleted...]
-            <w:r w:rsidR="0072717C">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттауданөту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелерітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-модератордан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төменемес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктіліксанатыныңболуытуралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C4926" w:rsidRPr="00F86BC7" w:rsidRDefault="005C4926" w:rsidP="00F86BC7">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+          <w:p w:rsidR="00E72CE4" w:rsidRPr="00E74901" w:rsidRDefault="007D1182" w:rsidP="00E72CE4">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="0072717C">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E72CE4" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72CE4" w:rsidRPr="00E74901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="00E72CE4" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00707572">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0039030B" w:rsidRPr="007D1182" w:rsidRDefault="00E72CE4" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidR="00016C02" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C4926" w:rsidRPr="00F86BC7" w:rsidRDefault="005C4926" w:rsidP="00F86BC7">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00F86BC7">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...290 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="001674FD" w:rsidRDefault="001674FD" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00922DCF" w:rsidRDefault="00922DCF" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="007D1182" w:rsidRPr="00ED070E" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRPr="00ED070E" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
-[...61 lines deleted...]
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
-[...9 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялағанмемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
-[...37 lines deleted...]
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
-[...7 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...18 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2093"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2653"/>
+        <w:gridCol w:w="2099"/>
+        <w:gridCol w:w="3228"/>
+        <w:gridCol w:w="1549"/>
+        <w:gridCol w:w="3153"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...18 lines deleted...]
-              <w:t>учебногозаведения</w:t>
+              <w:t>Оқуорныныңатауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
+              <w:t>Оқукезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
+              <w:t>Дипломбойыншамамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_____________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...83 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымидәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымиатағы,сондай-аққосымшамәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барболса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...74 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«___</w:t>
+        <w:t>20____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___года</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">              ______________________</w:t>
+        <w:t>»_______________                ______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A7090" w:rsidRDefault="003A7090" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A7090" w:rsidRDefault="003A7090" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>оснемесеуақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагогбослауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ңбағалаупарағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10425" w:type="dxa"/>
+        <w:tblW w:w="10395" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Кол-во баллов(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>-т</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ехническое</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ехникалықжәнекәсіби</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>- в</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ысшее</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>- в</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ысшее</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгіүздік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>- в</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ысшее</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оғарысыртқы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академиялықдәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>- д</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>октор</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>- к</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>андидат</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...36 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басқақұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кіншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іріншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>- в</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ж</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ысшая</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оғарысанат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>- п</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>- п</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>едагог</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>- п</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>едагог</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>- п</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>едагог</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidRPr="00D53F0A" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңқосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...14 lines deleted...]
-              <w:t>р</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>езультаты</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> п</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>рофессиональной</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсібитәжірибеніңнәтижелері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтежақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidRPr="00D53F0A" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...52 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...52 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidRPr="00D53F0A" w:rsidTr="007D1182">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктерініңкөрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білімалушылардыңолимпиадаларжәнеконкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылымижобаларбойыншажеңімпаздардыңграмоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мұғалімніңолимпиадаларжәнеконкурстаржеңімпаздарыныңграмоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадаларжәнеконкурстаржеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылымижобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадаларжәнеконкурстаржеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...110 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторлықшығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесінеенгеноқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесінеенгеноқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...52 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopusтізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы - 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidRPr="00D53F0A" w:rsidTr="007D1182">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметінрастайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...48 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidRPr="00D53F0A" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="10729"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курстықдайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндікдайындықсертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>цифрлықсауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, IELTS; TOEFL; </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>DELF;GoetheZertifikat</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Pythonтіліндебағдарламалаунегіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>программаларыбойыншаоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft»Курсеражұмыстарынаоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>Python</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«TKTTeaching Knowledge Test»Certificate in EMI Skills (English as a Medium of Instruction)Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»Certificate in teaching English for young learnersInternational House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and TeenagersBecoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>MathsTeachingOnline</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and DeliveryEducational ManagementKey Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>Microsoft</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">» </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>Курсера</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with TechnologySpecial Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...382 lines deleted...]
-              <w:t>«Developing expertise in teaching chemistry»</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...61 lines deleted...]
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="2280"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>12</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...93 lines deleted...]
-              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+      <w:tr w:rsidR="007D1182" w:rsidTr="007D1182">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="007D1182" w:rsidRDefault="007D1182" w:rsidP="007D1182">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidRDefault="007D1182" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="007D1182" w:rsidRPr="007D1182" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FB0AC1"/>
-[...34 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00016C02"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00052FD4"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7028"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153C55"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="001674FD"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0DAF"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E2498"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F35"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="0037305C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="0039030B"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5067"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E369C"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="00430254"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00470B3B"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D2777"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="004F73F5"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="00571B54"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A0AF6"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B4E03"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3A9F"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634929"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="0065168F"/>
+    <w:rsid w:val="006552C9"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006839BA"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E3405"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F1A20"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00701022"/>
+    <w:rsid w:val="00705A37"/>
+    <w:rsid w:val="00707572"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741625"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007815A8"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00856C0D"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00876678"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00955FE3"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E30D9"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A816C9"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B0675B"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BA73F0"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C7473C"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D123C0"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15644"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D53F0A"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E319D9"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E7201E"/>
+    <w:rsid w:val="00E72CE4"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E754F0"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB4474"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED070E"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F85F70"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB5C90"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2589F5D6"/>
-  <w15:docId w15:val="{A7FABAAF-7914-4388-AEF1-DFFB999ED80C}"/>
+  <w15:docId w15:val="{D559C9C5-38D5-455B-9626-AA9C3639C876}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10398,544 +12907,631 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB0AC1"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007F417D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...33 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="654917497">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="775448987">
+    <w:div w:id="671421364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="936328936">
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1752696891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1953196761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AC23E28-A464-48BD-8682-4F1FC2673413}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12896</Characters>
+  <Pages>1</Pages>
+  <Words>2208</Words>
+  <Characters>12588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15128</CharactersWithSpaces>
+  <CharactersWithSpaces>14767</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>