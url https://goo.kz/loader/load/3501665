--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,7675 +1,9543 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00DA14B3" w:rsidRPr="007A4FAB" w:rsidRDefault="00DA14B3" w:rsidP="00DA14B3">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D91271" w:rsidRPr="00836766" w:rsidRDefault="00D91271" w:rsidP="00836766">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының М. Әуезов атындағы жалпы орта білім беретін мектебі» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836766" w:rsidRPr="00836766" w:rsidRDefault="00836766" w:rsidP="00836766">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бастапқы әскери және технологиялық даярлығының педагог-ұйымдастырушысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D91271" w:rsidRPr="00FD0AF2" w:rsidRDefault="00D91271" w:rsidP="00D91271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4FAB">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007A4FAB">
+      <w:r w:rsidRPr="00FD0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени М.Ауэзова</w:t>
+        <w:t>лауазымына</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4FAB">
-[...9 lines deleted...]
-      <w:r w:rsidR="003F669E">
+      <w:r w:rsidR="00836766">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>преподавателя</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="005453BD">
+      <w:r w:rsidR="00AB4907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –</w:t>
-[...10 lines deleted...]
-        <w:t>организатора НВТП</w:t>
+        <w:t xml:space="preserve">конкурс жариялайды </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E33931" w:rsidRPr="007A4FAB" w:rsidRDefault="00E33931" w:rsidP="00950F37">
+    <w:p w:rsidR="00261EAA" w:rsidRPr="004F2A50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7325"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="7761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00FF1F46" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, </w:t>
-[...17 lines deleted...]
-              <w:t>Ткачева, 15</w:t>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00D74D43" w:rsidRPr="007A4FAB">
+            <w:r w:rsidR="00B45C50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
-            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта мекенжайлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00590BAF" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="002732DF" w:rsidRPr="00BA59ED" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794" w:rsidP="00321427">
+          <w:p w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005453BD" w:rsidRDefault="00DA14B3" w:rsidP="005453BD">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002732DF" w:rsidRPr="002732DF" w:rsidRDefault="00836766" w:rsidP="00836766">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005453BD">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00836766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1E1E1E"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>вакантн</w:t>
-[...15 lines deleted...]
-                <w:bCs/>
+              <w:t>бастапқы әскери және технологиялық даярлығының педагог-ұйымдастырушысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1E1E1E"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> должность</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002732DF" w:rsidRPr="002732DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> преподавател</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> жүктеме -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>я</w:t>
-[...82 lines deleted...]
-              <w:t xml:space="preserve">1 ставка </w:t>
+              <w:t>1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00BA59ED" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі атқарымдық міндеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00366545">
-[...8 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> білім алушыларды әскери-патриоттық тәрбиелеу жөніндегі жұмысты ұйымдастырады; оқу бағдарламаларын, оқу-әдістемелік кешендерді әзірлейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу кабинетін жабдықтауға және жабдықтауға қойылатын талаптарды сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басшының тәрбие жұмысы жөніндегі орынбасарымен, сынып жетекшілерімен (топ жетекшілерімен) бірлесіп, оқу жылына арналған әскери-патриоттық жұмыс жоспарын әзірлейді, оның орындалуын қамтамасыз етеді және оқу полигонының жұмысын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарының бастапқы әскери даярлық кабинеттерінің және (немесе) полигондарының материалдық базасын дамыту және нығайту, жабдықтар мен құрал-саймандардың сақталуы, санитариялық-гигиеналық талаптардың сақталуы бойынша шаралар қабылдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әскери іс негіздерін зерделеу бойынша үйірмелерге, әскери іс негіздерін зерделеу бойынша әскери-патриоттық клубқа басшылық етеді, төтенше жағдайлардағы іс-қимылдар бойынша практикалық сабақтар мен жаттығулар өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әскерге шақыру жасына дейінгілерді әскери есепке қою жөніндегі алдын ала жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарында азаматтық қорғаныс бойынша сабақтар өткізеді, қысылтаяң жағдайларда әрекет ету бойынша іс - шараларды пысықтайды, қорғаныс құрылыстарының, қысылтаяң жағдайларда азаматтық қорғаныс бойынша жеке қорғаныс құралдарының әзірлігін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу-тәрбие үдерісінде қауіпсіздік шараларын сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00196F63" w:rsidRDefault="00261EAA" w:rsidP="00196F63">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекақы мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00F07C85">
+              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00AB4907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- среднее специальное образование: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F07C85">
+              <w:t xml:space="preserve">- арнайы орта білім: </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907" w:rsidRPr="00AB4907">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>143947-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907" w:rsidRPr="00AB4907">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="007A4FAB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>161724 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00423E96" w:rsidRDefault="00552535" w:rsidP="00AB4907">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009A78AC">
+            </w:pPr>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">тысяч </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007A4FAB">
+              <w:t xml:space="preserve">- жоғары білім : </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>177766-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...82 lines deleted...]
-              <w:t>тенге</w:t>
+              <w:t>205080тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00BA59ED" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
+              <w:t xml:space="preserve">Кандидатқа қойылатын, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бекітілген Біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="003564D6" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">-высшее и (или) послевузовское педагогическое или техническое и профессиональное, </w:t>
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="00FD0AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="00FD0AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+              <w:t>кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="00654040" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD0AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   -   және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="00654040" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00CC327F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD0AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   -   және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE2BB6" w:rsidRDefault="00E406A4" w:rsidP="00BE2BB6">
-[...1 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00FF1F46" w:rsidP="007F2EAF">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00BE2BB6">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00BE2BB6">
+              </w:rPr>
+              <w:t>21.06.2024-1.07.2024</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>г.</w:t>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE320D" w:rsidRPr="006E4C34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00BA59ED" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:r w:rsidRPr="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) осы Қағидалардың </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z267" w:history="1">
+              <w:r w:rsidRPr="00D55AEB">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>приложению 15</w:t>
+                <w:t>15-қосымшаға</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00642A6F">
-[...8 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенж</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...8 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...48 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...35 lines deleted...]
-              <w:r w:rsidRPr="00642A6F">
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00D55AEB">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>приказом</w:t>
+                <w:t>бұйрығымен</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00642A6F">
-[...8 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRDefault="00101304" w:rsidP="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) наркологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9) сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...171 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тойфл</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...44 lines deleted...]
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12) 16-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таныстыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұзақтығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төменгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ажыратымдылығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>720 x 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00D55AEB" w:rsidRDefault="00261EAA" w:rsidP="00306EF2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00D478D0" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Бос лауазым мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00F54B50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="002837ED" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Согласно трудового договора</w:t>
+              <w:t>Еңбек шартына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidRDefault="00B3089F">
+    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...40 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7028"/>
-        <w:gridCol w:w="4141"/>
+        <w:gridCol w:w="6978"/>
+        <w:gridCol w:w="4191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="001A6232">
-[...1008 lines deleted...]
-      <w:tr w:rsidR="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="3420" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidTr="001A6232">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
-            <w:pPr>
+          <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z347"/>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>к Правилам назначения</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>на должности, освобождения</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>руководителей и педагогов</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственных организаций</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">15-қосымша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Конкурс жариялаған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A6232">
+      <w:r w:rsidRPr="007921C8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A6232">
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001A6232">
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t>      (үміткердің Т.А.Ә. (бар болса)), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мені бос/уақытша бос лауазымдық конкурсқа қатысуға рұқсат беруіңізді сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (қажетінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымының атауы, мекен-жайы (облыс, аудан, қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымының атауы, мекен-жайы (облыс, аудан, қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейін</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10695" w:type="dxa"/>
+        <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="426"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3763"/>
+        <w:gridCol w:w="3651"/>
+        <w:gridCol w:w="2456"/>
+        <w:gridCol w:w="5062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>№</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқыту кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатының болуы (беру (растау) күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Педагогикалық жұмыс өтілі: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Келесі жұмыс нәтижелері бар:___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRPr="007921C8" w:rsidRDefault="005069F6" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRPr="002A695B" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRPr="002A695B" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
-[...42 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="00BA59ED" w:rsidTr="007921C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>16-қосымша Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007921C8" w:rsidRPr="00196F63" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196F63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="00196F63" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196F63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="00196F63" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196F63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10553" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="3958"/>
+        <w:gridCol w:w="2615"/>
+        <w:gridCol w:w="3600"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>2.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Доктор наук = 10 баллов</w:t>
-[...8 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>3.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Сертификат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>4.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1 категория = 2 балла</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Высшая категория = 3 балла</w:t>
-[...35 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>5.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>6.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>"хорошо" = 0,5 балла</w:t>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>7.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>8.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-              <w:t>- государственная награда</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби тәжірибенің нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>научных проектов = 1 балл</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"өте жақсы" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">призеры олимпиад и конкурсов = 3 </w:t>
-[...107 lines deleted...]
-              <w:t>" = 10 баллов</w:t>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>9.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>10.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар және конкурстар жеңімпаздары = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>руководство МО = 2 балла</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>ғылыми жобалардың = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>олимпиадалар және конкурстар жеңімпаздары - 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"Үздік педагог" конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+              <w:t>"Үздік педагог" конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>11.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...782 lines deleted...]
-              <w:t>"</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">БССҚЕК, Scopus тізбесіне енгізілген </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>курсы ЦПМ НИШ, "</w:t>
-[...74 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:t>ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>12.</w:t>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="00BA59ED" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe Zertifikat, "Python </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>""TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Online Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-              <w:br/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, "Дипломмен ауылға!", "Серпін" мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
-[...59 lines deleted...]
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="007921C8" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+    <w:p w:rsidR="006E689E" w:rsidRPr="007921C8" w:rsidRDefault="006E689E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+    <w:p w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidRDefault="004F40B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8462,140 +10330,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6E7E3611"/>
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -8659,866 +10437,854 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="00004B15"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="0006248D"/>
+    <w:rsid w:val="00061B8E"/>
     <w:rsid w:val="00065B9B"/>
-    <w:rsid w:val="00070F56"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="000922AC"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B3C65"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
-    <w:rsid w:val="000D62B1"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="00101304"/>
     <w:rsid w:val="00107931"/>
-    <w:rsid w:val="001113F2"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
-    <w:rsid w:val="001366A2"/>
-    <w:rsid w:val="00136E86"/>
+    <w:rsid w:val="00142533"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00144A54"/>
+    <w:rsid w:val="001547D8"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00170BCF"/>
+    <w:rsid w:val="00166D46"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="00185047"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
+    <w:rsid w:val="00196F63"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A6232"/>
+    <w:rsid w:val="001A3ACD"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C2F1A"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4200"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="002732DF"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
-    <w:rsid w:val="0027583F"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="0029086E"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
-    <w:rsid w:val="002B2B70"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
-    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C15CF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E0E99"/>
-    <w:rsid w:val="002E5CE1"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00306EF2"/>
+    <w:rsid w:val="0031050C"/>
     <w:rsid w:val="00321427"/>
-    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="003564D6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00366545"/>
     <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="003735D5"/>
     <w:rsid w:val="00373625"/>
-    <w:rsid w:val="00373B37"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B2299"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
-    <w:rsid w:val="003D407C"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
-    <w:rsid w:val="003F669E"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
-    <w:rsid w:val="004023EC"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
-    <w:rsid w:val="00471D75"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A019E"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B5849"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F40B8"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="0054127F"/>
-    <w:rsid w:val="005453BD"/>
+    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
-    <w:rsid w:val="005B0E72"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="00642A6F"/>
+    <w:rsid w:val="00641CE0"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="00654040"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
-    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
-    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D0F7D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E689E"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="007013DC"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
-    <w:rsid w:val="00750F2B"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="007564A0"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="0078539B"/>
     <w:rsid w:val="00790B31"/>
-    <w:rsid w:val="00795FA0"/>
+    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4FAB"/>
+    <w:rsid w:val="007A4A53"/>
     <w:rsid w:val="007A5711"/>
-    <w:rsid w:val="007A6815"/>
-    <w:rsid w:val="007A7BB0"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007B5024"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C3E18"/>
+    <w:rsid w:val="007C43C6"/>
+    <w:rsid w:val="007D55DF"/>
     <w:rsid w:val="007D5A26"/>
-    <w:rsid w:val="007D7D1D"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F2EAF"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="008211E1"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00825EAC"/>
-    <w:rsid w:val="0082736E"/>
+    <w:rsid w:val="00836766"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
-    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
-    <w:rsid w:val="008967BA"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D66DA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
-    <w:rsid w:val="009024DA"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
+    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
+    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00934705"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957CB8"/>
     <w:rsid w:val="00957FE3"/>
-    <w:rsid w:val="009613CE"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
-    <w:rsid w:val="009A78AC"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C0006"/>
+    <w:rsid w:val="009C0668"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="009F77F6"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A26E86"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
-    <w:rsid w:val="00A7551D"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A8191B"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB4907"/>
+    <w:rsid w:val="00AB7639"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
-    <w:rsid w:val="00AE4FC7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF788F"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B10582"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B44934"/>
+    <w:rsid w:val="00B45C50"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B63374"/>
+    <w:rsid w:val="00B71E74"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA2AF1"/>
     <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA59ED"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB6449"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC7640"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
-    <w:rsid w:val="00BD693A"/>
-    <w:rsid w:val="00BD7B16"/>
     <w:rsid w:val="00BE0EE5"/>
-    <w:rsid w:val="00BE2BB6"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C51125"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C70A24"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C82B7C"/>
+    <w:rsid w:val="00C86A97"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
-    <w:rsid w:val="00CB2DF5"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CB7D97"/>
     <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CC327F"/>
-    <w:rsid w:val="00CD1855"/>
+    <w:rsid w:val="00CC4217"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE2F89"/>
+    <w:rsid w:val="00CE224D"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D55AEB"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D74D43"/>
-    <w:rsid w:val="00D84C6E"/>
+    <w:rsid w:val="00D71532"/>
     <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91271"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D91C6B"/>
+    <w:rsid w:val="00D93446"/>
     <w:rsid w:val="00D974D0"/>
-    <w:rsid w:val="00D97F26"/>
-    <w:rsid w:val="00DA14B3"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DA569D"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
-    <w:rsid w:val="00DC638F"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E33931"/>
-    <w:rsid w:val="00E406A4"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E5108D"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
+    <w:rsid w:val="00E96367"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F06293"/>
-    <w:rsid w:val="00F07C85"/>
+    <w:rsid w:val="00F10F92"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F32C3E"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F54344"/>
+    <w:rsid w:val="00F504F9"/>
+    <w:rsid w:val="00F53841"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC2F63"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD0AF2"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FF111B"/>
+    <w:rsid w:val="00FE320D"/>
     <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF1F46"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6B6C3908"/>
-  <w15:docId w15:val="{5D764DFB-F22A-4362-A127-41EF80750527}"/>
+  <w15:docId w15:val="{88D6F54C-9691-4908-8FB9-87D3F422CBCA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9871,59 +11637,59 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0064541A"/>
+    <w:rsid w:val="00AD497F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -10078,242 +11844,232 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A559D1"/>
+    <w:rsid w:val="005069F6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00654040"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="110707149">
+    <w:div w:id="31267977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="284385645">
+    <w:div w:id="60904893">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="646127558">
-[...12 lines deleted...]
-    <w:div w:id="649792773">
+    <w:div w:id="953249665">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1622616062">
+    <w:div w:id="1857845626">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1628393107">
+    <w:div w:id="1983582154">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1823891178">
+    <w:div w:id="2066682383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1842113553">
+    <w:div w:id="2135253245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10564,78 +12320,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4EB6080-842D-44CE-927F-20E2D3DCD874}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53DBF091-2C1B-4E4A-803F-C7C0B78728DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1938</Words>
-  <Characters>11050</Characters>
+  <Words>1880</Words>
+  <Characters>10721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>89</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12963</CharactersWithSpaces>
+  <CharactersWithSpaces>12576</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>