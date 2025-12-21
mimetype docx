--- v0 (2025-12-05)
+++ v1 (2025-12-21)
@@ -1,7158 +1,11193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
+    <w:p w:rsidR="004B3899" w:rsidRPr="00705A37" w:rsidRDefault="00705A37" w:rsidP="004B3899">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E30D9">
+      <w:r w:rsidRPr="00705A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>КГУ «</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007D1182">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Средн</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
       </w:r>
-      <w:r w:rsidR="000353B7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007815A8" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">заместителя </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00422CAC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">руководителя </w:t>
+        <w:t>басшы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по </w:t>
+        <w:t>сының оқу жөніндегі</w:t>
       </w:r>
-      <w:r w:rsidR="00815E1D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">учебной </w:t>
+        <w:t xml:space="preserve"> орынбасары лауазымына конкурс жариялайды</w:t>
       </w:r>
-      <w:r>
-[...50 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="390"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7540"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="3371"/>
+        <w:gridCol w:w="6485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006D47BC" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0072717C">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...6 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4926" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00701022" w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Республика Казахстан, Павлодарская</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> область,                      </w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">город </w:t>
-[...17 lines deleted...]
-              <w:t>авлодар, улица Ткачева,15</w:t>
+              <w:t>Ткачев көшесі 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...6 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="007815A8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 62-62-86</w:t>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>62-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
-[...6 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="006E3405" w:rsidP="00701022">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006D47BC" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7090">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00A722F9" w:rsidP="00815E1D">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="004B3899" w:rsidRPr="004B3899" w:rsidRDefault="004B3899" w:rsidP="004B3899">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3899">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000353B7" w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшысының </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3899">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00800752" w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жөніндегі орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="007815A8" w:rsidRDefault="007815A8" w:rsidP="007D1182">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00815E1D">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007D763A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006D47BC" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="008E22E0" w:rsidP="0041726F">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымын цифрландыру, ақпараттандыру, оны ресурстық қамтамасыз ету процесін іске асыруды ұйымдастырады, оқыту процесінде ақпараттық және коммуникациялық технологияларды, оның ішінде ерекше білім беру қажеттіліктері бар адамдарды енгізеді және пайдаланады, білім беру және басқару қызметінде ақпараттық - коммуникациялық технологияларды пайдалану мәселелері бойынша сыртқы ұйымдармен байланыс орнатады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="0041726F" w:rsidRPr="0041726F">
+            <w:r w:rsidRPr="00D57C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="0041726F" w:rsidRPr="0041726F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті жұмыс бағытының кадрларын іріктеуді жүзеге асырады, оларды басшыға ұсынады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="0041726F" w:rsidRPr="0041726F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу процесінде, сондай-ақ қашықтықтан оқыту кезінде ақпараттандыру жүйесін пайдалану бойынша жұмысты үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+              <w:t>  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық технологияларды пайдалану мәселелері бойынша педагогтерді оқытуды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+              <w:t>  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық және коммуникациялық технологиялар саласындағы әдістемелік, зерттеу, тәжірибелік-эксперименттік және инновациялық жұмыс жүйесін ұйымдастырады және жоспарлайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарында процестерді цифрландыруды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+              <w:t> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу-материалдық базаны қамтамасыз ету, сақтау және жетілдіру, Қызмет көрсету, жөндеу және оны есепке алу жөніндегі жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D57C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+              <w:t>      санитариялық-гигиеналық режим, еңбек қауіпсіздігі және еңбекті қорғау ережелерінің сақталуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D57C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      белгіленген есептік құжаттаманың уақтылы жасалуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D57C6D" w:rsidRPr="00D57C6D" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D57C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0041726F">
+              <w:t>      білім алушылар, тәрбиеленушілер, педагогтар және басқа да қызметкерлер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00D57C6D" w:rsidRDefault="008E7665" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...151 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006D47BC" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="000353B7">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00A816C9" w:rsidRDefault="00A816C9" w:rsidP="00707572">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">за </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00741625">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлемеге</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 ставку </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F95C75">
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="008E003A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EC64D0">
+              <w:t xml:space="preserve"> min</w:t>
+            </w:r>
+            <w:r w:rsidR="00707572">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>165564</w:t>
             </w:r>
-            <w:r w:rsidR="00F95C75">
-[...22 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="008E003A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>201334</w:t>
             </w:r>
-            <w:r w:rsidR="0072717C">
-[...17 lines deleted...]
-              <w:t>тенге</w:t>
+            <w:r w:rsidR="005B4E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мың </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006D47BC" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009E30D9">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Квалификационные требования, предъявляемые к </w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E754F0" w:rsidRPr="002D0DAF" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе педагогикалық қайта даярлау немесе кәсіптік педагогикалық білімі болуы тиіс, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории" или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации педагога – эксперта или педагога – исследователя или педагога - мастера.</w:t>
-            </w:r>
+              <w:t>еңбек өтілі 5 жылдан кем емес ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E754F0" w:rsidRPr="00305535" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші біліктілік санатындағы басшының орынбасары" немесе "бірінші біліктілік санатындағы басшының орынбасары" біліктілік санатының немесе "педагог- сарапшы» немесе «педагог – зерттеуші» немесе «педагог – шебер» біліктілігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="009C49C0" w:rsidP="003113AE">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="006D47BC" w:rsidP="00504C1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21.06.2024-1.07.2024</w:t>
             </w:r>
-            <w:r w:rsidR="00031EAC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00031EAC">
+            <w:r w:rsidR="00F574B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>г.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5715E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006D47BC" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:r w:rsidRPr="00642A6F">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) осы Қағидалардың </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z267" w:history="1">
+              <w:r w:rsidRPr="00D55AEB">
                 <w:rPr>
-                  <w:rStyle w:val="a8"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>приложению 15</w:t>
+                <w:t>15-қосымшаға</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...108 lines deleted...]
-              <w:r w:rsidRPr="00642A6F">
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00D55AEB">
                 <w:rPr>
-                  <w:rStyle w:val="a8"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>приказом</w:t>
+                <w:t>бұйрығымен</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) наркологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9) сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12) 16-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="00D55AEB" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...46 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таныстыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұзақтығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төменгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...233 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ажыратымдылығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 720 x 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="002A1C73" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...60 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="001674FD" w:rsidRDefault="001674FD" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00130AF6" w:rsidRDefault="00130AF6" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
-      <w:pPr>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7028"/>
-        <w:gridCol w:w="4141"/>
+        <w:gridCol w:w="6978"/>
+        <w:gridCol w:w="4191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+          <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">15-қосымша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...112 lines deleted...]
-              <w:t>Форма</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...59 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственный орган,</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="16"/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Конкурс жариялаған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>объявивший конкурс</w:t>
+              <w:t>мемлекеттік орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>________________________________________________________________</w:t>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="009024DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>________________________________________________________________</w:t>
+        <w:t>      (үміткердің Т.А.Ә. (бар болса)), ЖСН</w:t>
       </w:r>
-      <w:r w:rsidRPr="009024DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00995DFE">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009024DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995DFE" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>      Мені бос/уақытша бос лауазымдық конкурсқа қатысуға рұқсат беруіңізді сұраймын</w:t>
       </w:r>
-      <w:r w:rsidRPr="009024DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-        <w:t>________________________________________________________________</w:t>
+        <w:t>      (қажетінің астын сызыңыз)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009024DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-        <w:t>В настоящее время работаю _______________________________________</w:t>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="009024DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымының атауы, мекен-жайы (облыс, аудан, қала\ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995DFE" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>      Қазіргі уақытта жұмыс істеймін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Образование: высшее или послевузовское</w:t>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995DFE" w:rsidRPr="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="00567708">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымының атауы, мекен-жайы (облыс, аудан, қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейін</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10695" w:type="dxa"/>
+        <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4828"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="3651"/>
+        <w:gridCol w:w="2456"/>
+        <w:gridCol w:w="5062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-              <w:t>Наименование учебного заведения</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...83 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқыту кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...92 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...464 lines deleted...]
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатының болуы (беру (растау) күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Педагогикалық жұмыс өтілі: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Келесі жұмыс нәтижелері бар:___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A695B" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A695B" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="00505DA3" w:rsidTr="00985C29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>16-қосымша Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1C73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1C73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1C73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10553" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="3958"/>
+        <w:gridCol w:w="2615"/>
+        <w:gridCol w:w="3600"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>1.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Высшее очное = 2 баллов</w:t>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Доктор наук = 10 баллов</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:t>Жоғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>3.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>4.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...52 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>6.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>"хорошо" = 0,5 балла</w:t>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби тәжірибенің нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+              <w:t>"өте жақсы" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...30 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>научных проектов = 1 балл</w:t>
-[...89 lines deleted...]
-              <w:t>" = 10 баллов</w:t>
+              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...11 lines deleted...]
-              <w:t>9.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар және конкурстар жеңімпаздары = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>ғылыми жобалардың = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+              <w:t>олимпиадалар және конкурстар жеңімпаздары - 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>10.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>руководство МО = 2 балла</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">РОӘК тізбесіне енген оқулықтар мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
-[...13 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+              <w:t>БССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>11.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...613 lines deleted...]
-              <w:t>"</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>= 0,5 балла</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>курсы</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с </w:t>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="00505DA3" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...11 lines deleted...]
-              <w:t>12.</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...24 lines deleted...]
-              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe Zertifikat, "Python </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>""TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...10 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
+      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...16 lines deleted...]
-              <w:br/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, "Дипломмен ауылға!", "Серпін" мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRPr="002A1C73" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
-[...36 lines deleted...]
-    <w:sectPr w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="006839BA" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...12 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FB0AC1"/>
-[...62 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00016C02"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00052FD4"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F63DE"/>
+    <w:rsid w:val="000F7028"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153C55"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="001674FD"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B5033"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D7B6C"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A1C73"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0DAF"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E2498"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003070B8"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F35"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="0037305C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="0039030B"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5067"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E369C"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="00430254"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="004323DA"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442077"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00470B3B"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="00496EE3"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B3899"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D2777"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="004F73F5"/>
+    <w:rsid w:val="00504C1E"/>
+    <w:rsid w:val="00505DA3"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="00571B54"/>
+    <w:rsid w:val="00574BA0"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A0AF6"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B4E03"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3A9F"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E5BF8"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634929"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="0065168F"/>
+    <w:rsid w:val="006552C9"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006839BA"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A5657"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006D47BC"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E3405"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F1A20"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00701022"/>
+    <w:rsid w:val="00705A37"/>
+    <w:rsid w:val="00707572"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741625"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007815A8"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D763A"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00826F72"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00856C0D"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00876678"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E003A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00955FE3"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E30D9"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A816C9"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B0675B"/>
+    <w:rsid w:val="00B14D61"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BA73F0"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C7473C"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D123C0"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15644"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D5715E"/>
+    <w:rsid w:val="00D57C6D"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E319D9"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E7201E"/>
+    <w:rsid w:val="00E72CE4"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E754F0"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB4474"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED070E"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00ED5A41"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F574B3"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F85F70"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB5C90"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF0EAC"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="03ABA0AF"/>
-  <w15:docId w15:val="{70606B64-7C73-470C-9724-DE0A64C31D6E}"/>
+  <w15:docId w15:val="{1EB8C98B-F9DD-4DC2-AB6D-FE1363A671D7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7488,568 +11523,644 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB0AC1"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007F417D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...44 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="654917497">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="775448987">
+    <w:div w:id="671421364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="936328936">
+    <w:div w:id="1132209507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1047534288">
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1752696891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1953196761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67C7CFD5-E4D2-41F7-B24B-6F203DD60E94}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1896</Words>
-  <Characters>10809</Characters>
+  <Words>1831</Words>
+  <Characters>10437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12680</CharactersWithSpaces>
+  <CharactersWithSpaces>12244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>